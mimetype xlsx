--- v0 (2025-12-10)
+++ v1 (2026-03-15)
@@ -54,162 +54,162 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>José Gonçalves Borges</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/243/requerimentos_no_066-1995.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/243/requerimentos_no_066-1995.pdf</t>
   </si>
   <si>
     <t>Venho requerer do chefe do Executivo Municipal, o valor de CR 2.000,00 (dois mil reais), para fazer frente às despesas processuais, bem como despesas de outras naturezas, junto aos edis, desta Nobre Casa de Leis.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Januário da Silva Abreu</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/244/requerimentos_no_067-1995.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/244/requerimentos_no_067-1995.pdf</t>
   </si>
   <si>
     <t>Seja encaminhada cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir um Mata-Burro na fazenda do Manezinho da Amélia, na estrada cercado novo dai segue as areias interligando a estrada denominada Carro Velho.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Marsal Alves de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/245/requerimentos_no_068-1995.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/245/requerimentos_no_068-1995.pdf</t>
   </si>
   <si>
     <t>Seja encaminhada cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir uma Ponte Sobre o Córrego do Bieca, situado na Faz. Barra Bonita de Propriedade do Sr. Roberto Francisco da Fonseca.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/246/requerimentos_no_069-1995.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/246/requerimentos_no_069-1995.pdf</t>
   </si>
   <si>
     <t>Seja encaminhada cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir Cerâmica Comunitária, para fabricação de tijolos furados e telhas, para melhor atendermos as pessoas carentes do nosso município.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Sebastião Carlos Narcísio</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/247/requerimentos_no_070-1995.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/247/requerimentos_no_070-1995.pdf</t>
   </si>
   <si>
     <t>Seja encaminhada cópia deste ao Chefe do Poder Executivo Municipal no sentido de de fazer reformas nas 2 pontes do córrego Grotão na estrada que liga Fazenda Garolho, Faz. Grotão, "obs: estrada que passa na Faz. Traira" e cascalhamento do aterro das referidas pontes numa distância de aproximadamente 400 metros.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Cícero Lopes de Figueredo</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/248/requerimentos_no_071-1995.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/248/requerimentos_no_071-1995.pdf</t>
   </si>
   <si>
     <t>Seja encaminhada cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir um Matadouro Municipal em nossa cidade.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Lêonidas Pereira Cunha</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/249/requerimentos_no_072-1995.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/249/requerimentos_no_072-1995.pdf</t>
   </si>
   <si>
     <t>Seja encaminhada cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir um mataburro no Alto da Sucupira na divisa da fazenda Quatro Ranchos com a Fazenda Nova.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/250/requerimentos_no_073-1995.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/250/requerimentos_no_073-1995.pdf</t>
   </si>
   <si>
     <t>Seja encaminhada cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir um mataburro na estrada que vai da Faz. Quatro Ranchos para Fazenda do Sr. Manoel Gabino.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/251/requerimentos_no_074-1995.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/251/requerimentos_no_074-1995.pdf</t>
   </si>
   <si>
     <t>Seja encaminhada cópia deste ao Chefe do Poder Executivo Municipal no sentido de que seja executado o Patrolamento das Estradas do Município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -516,68 +516,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/243/requerimentos_no_066-1995.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/244/requerimentos_no_067-1995.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/245/requerimentos_no_068-1995.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/246/requerimentos_no_069-1995.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/247/requerimentos_no_070-1995.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/248/requerimentos_no_071-1995.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/249/requerimentos_no_072-1995.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/250/requerimentos_no_073-1995.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/251/requerimentos_no_074-1995.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/243/requerimentos_no_066-1995.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/244/requerimentos_no_067-1995.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/245/requerimentos_no_068-1995.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/246/requerimentos_no_069-1995.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/247/requerimentos_no_070-1995.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/248/requerimentos_no_071-1995.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/249/requerimentos_no_072-1995.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/250/requerimentos_no_073-1995.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1995/251/requerimentos_no_074-1995.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>