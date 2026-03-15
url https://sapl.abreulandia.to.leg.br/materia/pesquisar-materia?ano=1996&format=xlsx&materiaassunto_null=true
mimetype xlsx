--- v0 (2025-12-09)
+++ v1 (2026-03-15)
@@ -54,274 +54,274 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Lêonidas Pereira Cunha</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/252/requerimentos_no_075-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/252/requerimentos_no_075-1996.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir um Curral para o patrimônio do Município.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/253/requerimentos_no_076-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/253/requerimentos_no_076-1996.pdf</t>
   </si>
   <si>
     <t>Requerer de Vossa Excelência submeta a apreciação do plenário desta casa de Leis, o meu afastamento do cargo de Tesoureiro, que me foi designado por Edilidade.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Cícero Lopes de Figueredo</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/254/requerimentos_no_077-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/254/requerimentos_no_077-1996.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir 01 ponte sobre o córrego do Grito localizado na Faz. Monte Nai, de Propriedade do Sr. Antonio Carmo, a qual está localizada na estrada que liga Abreulândia a Miranorte, passando pela Faz. Brejo do Meio do Sr. Adalto.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Lêonidas Pereira Cunha, Cícero Lopes de Figueredo, Sebastião Carlos Narcísio</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/255/requerimentos_no_078-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/255/requerimentos_no_078-1996.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir 03 (três) MATABURROS no ramal das Areias, interligando a rodovia Divinópolis/Abreulândia e estrada da Serra pelo Carro Velho.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/256/requerimentos_no_079-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/256/requerimentos_no_079-1996.pdf</t>
   </si>
   <si>
     <t>Requer que Vossa Excelência conceda a minha licença num período de 30 (Trinta) dias, a partir de 02 de Março de 1996.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Januário da Silva Abreu, Arcanjo José Ribeiro, Lêonidas Pereira Cunha, Marsal Alves de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/257/requerimentos_no_080-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/257/requerimentos_no_080-1996.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir CURRAIS PÚBLICOS, com méritos de vaquejadas, troncos, bretes e palcos cora cobertura dos mesmos.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Lêonidas Pereira Cunha, Sebastião Carlos Narcísio</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/258/requerimentos_no_081-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/258/requerimentos_no_081-1996.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal, para a criação de uma Escola Municipal Rural de 1 fase, com o nome de "ESCOLA FLOR DA SERRA" na Fazenda Deus Nos Guie, no município de Abreulândia/T0, de propriedade do Sr. José Carlos de Oliveira, registrada em Cartório, livro n4. 2—A, F1s.133.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/259/requerimentos_no_082-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/259/requerimentos_no_082-1996.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir 01 (Uma) ponte sobre o Rio Piranhas, na estrada que liga Abreulândia a Miranorte, passando pelo Carro Velho e Fazendas dos Srs. Pedro Vieira e Pedro Rodrigues.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>José Espindula das Neves</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/260/requerimentos_no_084-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/260/requerimentos_no_084-1996.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal, no sentido de construir o Prédio c/ uma Cisterna da Escola Municipal Rural MALIÇA na Faz. Piaçava, de Prop. Ivo Lopes de Almeida, em REGIME URGENTE URGENTÍSSIMA.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Januário da Silva Abreu</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/261/requerimentos_no_085-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/261/requerimentos_no_085-1996.pdf</t>
   </si>
   <si>
     <t>Seja encaminha do cópia deste ao Chefe do Poder Executivo Municipal, no sentido de _x000D_
 fazer a reforma da ponte sobre o córrego com denominação desconhecida, entre a Faz. do Sr. Joaquim Venâncio e Faz. do Sr. Ivo Lopes de Almeida, na chegada da Escola Maliça.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Marsal Alves de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/262/requerimentos_no_086-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/262/requerimentos_no_086-1996.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal, no sentido de atender as necessidades da população do nosso município, contratando um DENTISTA para fazer extrações e possíveis bituraçõe,.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Celma André Texeira, Arcanjo José Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/263/requerimentos_no_087-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/263/requerimentos_no_087-1996.pdf</t>
   </si>
   <si>
     <t>Vem requer que seja aprovado a indicação para a Estadualização da estrada que liga Abreulândia a Barrolândia-T0.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Januário da Silva Abreu, Sebastião Carlos Narcísio</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/264/requerimentos_no_088-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/264/requerimentos_no_088-1996.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir uma ponte no córrego da olária no terreno da cidade.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/265/requerimentos_no_089-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/265/requerimentos_no_089-1996.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado copia deste ao Chefe do Poder Executivo Municipal no sentido de construir uma ponte no Córrego Grota Vermelho, neste município nas proximidades da fazenda do Sr. Adevaldo Severo.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Cícero Lopes de Figueredo, Sebastião Carlos Narcísio</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/266/requerimentos_no_090-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/266/requerimentos_no_090-1996.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no Sentido de construir duas pontes localizadas no aterro as margens direita e reformar a ponte sobre o ribeirão Grotão. localizadas na estrada que liga a região do Caiapó passando pela Faz. do Sr. Ver Cícero Lopes Figueredo.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/267/requerimentos_no_091-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/267/requerimentos_no_091-1996.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado copia deste ao chefe do poder executivo municipal no sentido de construir 02 (dois) MATA BURROS na estrada vicinais que sai da rodovia Abreulêndia/Araguacera, até a Faz. Jaraguá, sendo 01(um) dentro da Faz. Santo Antonio de Pop. sr. Antonio Pereira de Abreu e o outro na divisa da Faz. Santo .Antonio com a Faz. Jaraguá de Prop. Sr. Emival.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/268/requerimentos_no_092-1996.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/268/requerimentos_no_092-1996.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir 0l (um) MATA-BURRO na estrada vicinais ' que sai da rodovia Abreulândia/Araguacema na divisa da Paz. Boa Sorte de Prop. Sr. João de Abreu com a Faz. Premenente de Prop. _x000D_
 Sr. Valdo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -629,68 +629,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/252/requerimentos_no_075-1996.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/253/requerimentos_no_076-1996.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/254/requerimentos_no_077-1996.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/255/requerimentos_no_078-1996.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/256/requerimentos_no_079-1996.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/257/requerimentos_no_080-1996.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/258/requerimentos_no_081-1996.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/259/requerimentos_no_082-1996.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/260/requerimentos_no_084-1996.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/261/requerimentos_no_085-1996.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/262/requerimentos_no_086-1996.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/263/requerimentos_no_087-1996.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/264/requerimentos_no_088-1996.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/265/requerimentos_no_089-1996.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/266/requerimentos_no_090-1996.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/267/requerimentos_no_091-1996.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/268/requerimentos_no_092-1996.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/252/requerimentos_no_075-1996.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/253/requerimentos_no_076-1996.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/254/requerimentos_no_077-1996.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/255/requerimentos_no_078-1996.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/256/requerimentos_no_079-1996.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/257/requerimentos_no_080-1996.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/258/requerimentos_no_081-1996.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/259/requerimentos_no_082-1996.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/260/requerimentos_no_084-1996.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/261/requerimentos_no_085-1996.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/262/requerimentos_no_086-1996.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/263/requerimentos_no_087-1996.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/264/requerimentos_no_088-1996.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/265/requerimentos_no_089-1996.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/266/requerimentos_no_090-1996.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/267/requerimentos_no_091-1996.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1996/268/requerimentos_no_092-1996.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="82.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>