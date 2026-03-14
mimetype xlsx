--- v0 (2025-12-09)
+++ v1 (2026-03-14)
@@ -54,166 +54,166 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Gilmar Eldo de Andrade, Francisco Gomes Leal, José Antonio da Silva, Luis Carlos de Abreu, Marsal Alves de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/313/requerimentos_no_001-1999.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/313/requerimentos_no_001-1999.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de colocar uma BESTA (veiculo da educação) para transportar os alunos de Abreulândia já matriculados na FECIPAR de Paraíso do Tocantins, juntamente com outros que farão curso preparatório _x000D_
 e profissional. E que as dispesas de combustível e motorista serão por conta dos alunos que farão uso do veiculo.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Marsal Alves de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/314/requerimentos_no_002-1999.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/314/requerimentos_no_002-1999.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir uma ponte sobre o rio caiapó, na estrada que sai da fazenda São José, neste município, de propriedade do Sr. Hélio; divisa com a fazenda Novo Horizonte, município de Divinópolis, dando acesso ao distrito de Campina Verde, município de Monte Santo - TO.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Edilson Gabino de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/315/requerimentos_no_003-1999.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/315/requerimentos_no_003-1999.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de fazer instalação de 04 (quatro) para-raios dentro de Abreulândia-TO .</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>José Antonio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/316/requerimentos_no_004-1999.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/316/requerimentos_no_004-1999.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir um MATA-BURRO na divisa da fazenda do Senhor Joaquim Pinheiro com a fazenda do Senhor João Alves, onde faz canto com a fazenda Grotão de propriedade do Dr. Anízio.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/317/requerimentos_no_005-1999.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/317/requerimentos_no_005-1999.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir uma ponte sobre o córrego pedra preta, na divisa da fazenda Limpeza, de propriedade do Sr. Edilson Negreiro com a fazenda Vereda Verde de propriedade do Sr. Zeca Rocho. E, a complementação de uma estrada que sai da fazenda Grotão, passando pela futura construção da ponte já mencionada, saindo na Rodovia Estadual, Araguacema/Abreuilândia -TO.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>José Gonçalves Borges</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/318/requerimentos_no_007-1999.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/318/requerimentos_no_007-1999.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de viabilizar a doação de 100 (cem) padrões monofásicos, para instalação de energia elétrica, ás famílias carentes deste Município.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Luis Carlos de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/319/requerimentos_no_008-1999.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/319/requerimentos_no_008-1999.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de construir 02 Mata-burros, sendo 01 na estrada que vai para fazenda do Sr. Zé Cunha, outro n a estrada que vai para fazenda do Sr. Balcenor.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Gilmar Eldo de Andrade</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/320/requerimentos_no_009-1999.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/320/requerimentos_no_009-1999.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de fazer manutenção na iluminação pública, a qual todos consumidores pagam a taxa para tal serviço.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/321/requerimentos_no_010-1999.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/321/requerimentos_no_010-1999.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Poder Executivo Municipal no sentido de da implantar o sistema de mistura de cloro no abastecimento de água de nossa cidade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -520,68 +520,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/313/requerimentos_no_001-1999.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/314/requerimentos_no_002-1999.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/315/requerimentos_no_003-1999.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/316/requerimentos_no_004-1999.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/317/requerimentos_no_005-1999.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/318/requerimentos_no_007-1999.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/319/requerimentos_no_008-1999.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/320/requerimentos_no_009-1999.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/321/requerimentos_no_010-1999.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/313/requerimentos_no_001-1999.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/314/requerimentos_no_002-1999.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/315/requerimentos_no_003-1999.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/316/requerimentos_no_004-1999.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/317/requerimentos_no_005-1999.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/318/requerimentos_no_007-1999.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/319/requerimentos_no_008-1999.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/320/requerimentos_no_009-1999.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/1999/321/requerimentos_no_010-1999.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="100.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>