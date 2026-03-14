--- v0 (2025-12-08)
+++ v1 (2026-03-14)
@@ -54,200 +54,200 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Edilson Gabino de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/353/requerimentos_no_001-2002.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/353/requerimentos_no_001-2002.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Executivo Municipal, no sentido de arrumar a Rua Getúlio Vargas.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/354/requerimentos_no_002-2002.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/354/requerimentos_no_002-2002.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Executivo Municipal, no sentido de construir uma casa para os estudantes.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Ana V. Venâncio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/355/requerimentos_no_003-2002.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/355/requerimentos_no_003-2002.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Executivo Municipal, no sentido de colocar luminárias sobre os canteiros da Avenida João Francisco de Abreu.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Marivaldo Machalegre</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/356/requerimentos_no_004-2002.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/356/requerimentos_no_004-2002.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Executivo Municipal, no sentido de fazer manutenção no sistema de iluminação pública da cidade.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Parente</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/365/requerimentos_no_005-2002.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/365/requerimentos_no_005-2002.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Executivo Municipal, no sentido de construir uma ponte sobre o córrego Grota Ruim, na fazenda do Sr. Alfredo Santeiro.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>EDILSON NEGREIROS</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/358/requerimentos_no_006-2002.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/358/requerimentos_no_006-2002.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Executivo Municipal, no sentido de construir um mata-burro, na fazenda da Dona Jovem, divisa com a fazenda do Sr. Valdo.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/359/requerimentos_no_007-2002.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/359/requerimentos_no_007-2002.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Executivo Municipal, no sentido de construir uma ponte sobre o córrego Angico, ligando a fazenda Uberaba com a fazenda do Sr. Dequinha.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/360/requerimentos_no_008-2002.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/360/requerimentos_no_008-2002.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Executivo Municipal no sentido de Reformar urna _x000D_
 ponte, sobre o Córrego GROTÃO, na fazenda do Sr. Eudoro Pedrosa, dando acesso as demais Fazendas daquela Região.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/361/requerimentos_no_009-2002.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/361/requerimentos_no_009-2002.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Executivo Municipal no sentido de construir 04  _x000D_
 (Quatro) MATA-BURROS, na estrada da Dona Lourdes ligando com o Sr. Dequinha.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Ana Abreu do Nascimento de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/362/requerimentos_no_010-2002.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/362/requerimentos_no_010-2002.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Executivo Municipal no sentido de implantar o sistema da PAE em Abreulândia.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/363/requerimentos_no_012-2002.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/363/requerimentos_no_012-2002.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Executivo Municipal no sentido de construir uma ponte sobre o córrego Anajá na divisa do Sr. José Cruz com a fazenda Novo Horizonte.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/364/requerimentos_no_013-2002.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/364/requerimentos_no_013-2002.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Executivo Municipal no sentido de construir duas pontes sobre o aterro do córrego Grotão na divisa da Fazenda do Sr. Cícero Lopes.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -554,68 +554,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/353/requerimentos_no_001-2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/354/requerimentos_no_002-2002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/355/requerimentos_no_003-2002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/356/requerimentos_no_004-2002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/365/requerimentos_no_005-2002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/358/requerimentos_no_006-2002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/359/requerimentos_no_007-2002.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/360/requerimentos_no_008-2002.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/361/requerimentos_no_009-2002.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/362/requerimentos_no_010-2002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/363/requerimentos_no_012-2002.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/364/requerimentos_no_013-2002.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/353/requerimentos_no_001-2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/354/requerimentos_no_002-2002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/355/requerimentos_no_003-2002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/356/requerimentos_no_004-2002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/365/requerimentos_no_005-2002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/358/requerimentos_no_006-2002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/359/requerimentos_no_007-2002.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/360/requerimentos_no_008-2002.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/361/requerimentos_no_009-2002.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/362/requerimentos_no_010-2002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/363/requerimentos_no_012-2002.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2002/364/requerimentos_no_013-2002.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="161.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>