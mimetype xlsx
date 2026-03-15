--- v0 (2026-01-28)
+++ v1 (2026-03-15)
@@ -54,319 +54,319 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Marivaldo Machalegre</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/373/requerimentos_no_001-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/373/requerimentos_no_001-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao Chefe do Executivo Municipal, no sentido de providenciar um meio de transporte, saindo de Abreulândia com destino ao assentamento Baroneza, pelo menos 01 ( Uma ) vez por Semana.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Marcelo da Rocha Abreu</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/374/requerimentos_no_002-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/374/requerimentos_no_002-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao Chefe do Executivo Municipal, no sentido de construir mais uma sala no colégio Municipal, Júlio Pinheiro.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Gualdino</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/375/requerimentos_no_003-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/375/requerimentos_no_003-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao Chefe do Executivo Municipal, no sentido de, construir um Matadouro Municipal, em nossa Cidade.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>EDILSON NEGREIROS</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/376/requerimentos_no_004-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/376/requerimentos_no_004-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao Chefe do Executivo Municipal, no sentido de construir _x000D_
 meio-fio, nas Ruas que foram pavimentadas mais recentes.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/377/requerimentos_no_005-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/377/requerimentos_no_005-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao Chefe do Executivo Municipal, no sentido de fazer _x000D_
 manutenção na Iluminação doas Ruas da Cidade.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Suelma Cristina Neves</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/378/requerimentos_no_006-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/378/requerimentos_no_006-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao Chefe do Executivo Municipal, no sentido de fazer _x000D_
 manutenção de limpeza no Cemitério da Cidade.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/379/requerimentos_no_007-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/379/requerimentos_no_007-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao Chefe do Executivo Municipal, no sentido de construir _x000D_
 um galpão ( Feira coberta ) para que os produtores usem pra comercialização de mercadorias, e com estrutura para também ser desenvolvida atividades esportivas e culturais.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Manoel Moura</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/380/requerimentos_no_008-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/380/requerimentos_no_008-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao Chefe do Executivo Municipal, no sentido da aquisição de _x000D_
 um resfriador de leite para armazenamento temporário.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/381/requerimentos_no_009-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/381/requerimentos_no_009-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao chefe do Executivo Municipal, no sentido de fazer parceria (Contra partida) com a Associação do Assentamento Baronesa para conclusão do Centro Comunitário já Existente naquele Projeto em fase de conclusão destinado a atendimento do _x000D_
 Médico e demais reuniões que ali serão realizadas.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/382/requerimentos_no_010-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/382/requerimentos_no_010-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao chefe do Executivo Municipal, no sentido de construir um Mata-Burro na divisa da Fazenda do Sr. Honório Pereira da Silva com a Fazenda do Sr. _x000D_
 Melquides.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/383/requerimentos_no_011-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/383/requerimentos_no_011-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao Chefe do Executivo Municipal, no sentido de construir um Mata — Burro na divisa da Fazenda do Sr. Melquides com a Fazenda do Sr. Antônio Neves Lima.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/384/requerimentos_no_012-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/384/requerimentos_no_012-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste ao chefe do Executivo Municipal, no sentido de construir uma Ponte, sobre o Córrego Grota funda, divisa Fazenda do Sr. Casiano (zeca tereza) com Fazenda Bacuri Sr. Deuzimar Marinho. ( Gentilim)</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/385/requerimentos_no_013-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/385/requerimentos_no_013-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao Chefe do Executivo Municipal, no sentido de sinalizar com faixas e placas, os quebra-molas existentes nas Ruas da Cidade.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Ana do Marsal</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/386/requerimentos_no_015-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/386/requerimentos_no_015-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido de recuperar uma ponte sobre o córrego Brejo da Luca, na estrada que liga Abreulândia a Fazenda do Sr. Antônio Abreu.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/387/requerimentos_no_016-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/387/requerimentos_no_016-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido de construir uma ponte sobre o córrego lagoa, na estrada que liga Abreulândia à Fazenda do Sr. Manoel Cruz, passando pela Fazenda Enchú do Sr. Lindolfo Gomes.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/388/requerimentos_no_017-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/388/requerimentos_no_017-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido de construir um Mata-Burro na Fazenda Rio Dourado, do Sr Antônio Fernandes da Costa e reformar 04 Mata- Burro na estrada que liga Abreulândia á fazenda do Sr. Dorival. ( As reformas os proprietários entram com a madeira.).</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/389/requerimentos_no_018-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/389/requerimentos_no_018-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido de construir um Mata-Burro, na fazenda Taboca do sr João Nascimento.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/390/requerimentos_no_019-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/390/requerimentos_no_019-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido de construir 01 ( um ) Mata- Burro na Fazenda lagoa do cedro, de propriedade do Sr. Deuzimar.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/391/requerimentos_no_020-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/391/requerimentos_no_020-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido de construir 01 ( um a) Ponte sobre o córrego Apercata, na Fazenda da Sra. Rosália.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/392/requerimentos_no_021-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/392/requerimentos_no_021-2005.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido de construir 02 ( dois) Mata- Burro, na Fazenda Anajá, de propriedade do Sr. Iron.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Ana do Marsal, Daniel da Kombi</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/393/requerimentos_no_022-2005.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/393/requerimentos_no_022-2005.pdf</t>
   </si>
   <si>
     <t>Requer que após ouvido o Plenário, seja encaminhado cópia deste, ao Chefe do Executivo Municipal, no sentido de construir 03 (três) Mata- Burro, distribuídos entre 04 Fazendeiros que são: Sr. Valdemar Gaúcho, Sr. Luiz Fátima, Sr. Marçal Alves de Sousa e Sr. José Maria.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -673,68 +673,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/373/requerimentos_no_001-2005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/374/requerimentos_no_002-2005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/375/requerimentos_no_003-2005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/376/requerimentos_no_004-2005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/377/requerimentos_no_005-2005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/378/requerimentos_no_006-2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/379/requerimentos_no_007-2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/380/requerimentos_no_008-2005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/381/requerimentos_no_009-2005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/382/requerimentos_no_010-2005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/383/requerimentos_no_011-2005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/384/requerimentos_no_012-2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/385/requerimentos_no_013-2005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/386/requerimentos_no_015-2005.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/387/requerimentos_no_016-2005.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/388/requerimentos_no_017-2005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/389/requerimentos_no_018-2005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/390/requerimentos_no_019-2005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/391/requerimentos_no_020-2005.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/392/requerimentos_no_021-2005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/393/requerimentos_no_022-2005.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/373/requerimentos_no_001-2005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/374/requerimentos_no_002-2005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/375/requerimentos_no_003-2005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/376/requerimentos_no_004-2005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/377/requerimentos_no_005-2005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/378/requerimentos_no_006-2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/379/requerimentos_no_007-2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/380/requerimentos_no_008-2005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/381/requerimentos_no_009-2005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/382/requerimentos_no_010-2005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/383/requerimentos_no_011-2005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/384/requerimentos_no_012-2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/385/requerimentos_no_013-2005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/386/requerimentos_no_015-2005.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/387/requerimentos_no_016-2005.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/388/requerimentos_no_017-2005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/389/requerimentos_no_018-2005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/390/requerimentos_no_019-2005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/391/requerimentos_no_020-2005.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/392/requerimentos_no_021-2005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2005/393/requerimentos_no_022-2005.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>