--- v0 (2026-01-28)
+++ v1 (2026-03-16)
@@ -54,190 +54,190 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Manoel Moura</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/443/requerimentos_no_004-2011.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/443/requerimentos_no_004-2011.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado copia deste, ao chefe do executivo municipal, no sentido de aquisição de tambores para lixo residenciais e outros.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Marivaldo Machalegre</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/444/requerimentos_no_005-2011.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/444/requerimentos_no_005-2011.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido de Reformar 04( Quatro ) Mata- Burro. Um na divisa do São Domingo C/ Emival corta Dedo. outro na divisa do Emival corta Dedo C/ o finado Raimundo Abreu, outro na divisa do Raimundo Abreu C/ Zé _x000D_
 Dentinho, E outro na Divisa do Zé Dentinho C/ Arnezil Abreu.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>EDILSON NEGREIROS</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/445/requerimentos_no_006-2011.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/445/requerimentos_no_006-2011.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no  sentido de Reformar alguns Mata —Burro. É fazer Encascalhamento , lombada e esgoto nos lugares necessário, na saída que dar acesso para Fazenda Três Irmãos, Fazenda do Marçal, Fazenda Santa Luzia, Fazenda do Eduardo Bezerra, Chácara da dona Luzia e do Sr. Mundico paz. E Fazer um Bueiro no Córrego Milanguinha .</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/446/requerimentos_no_007-2011.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/446/requerimentos_no_007-2011.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido de fazer Uma Capela no Cemitério e Mante-lo o mesmo limpo.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Zé Preto</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/447/requerimentos_no_008-2011.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/447/requerimentos_no_008-2011.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao Chefe do Executivo Municipal, no sentido de Fazer Estacionamento no Clube Recreativo de Abreulândia e Reforma no mesmo. Mas com espaço para as barracas da festas Juninas.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Zé Maria da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/448/requerimentos_no_010-2011.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/448/requerimentos_no_010-2011.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido. Dar Nome A ponte sobre o Rio Grotão na Estrada que liga Abreulândia ao P.A Brejo do Campo De Juscelino José da Mota</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Gualdino</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/449/requerimentos_no_011-2011.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/449/requerimentos_no_011-2011.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido de fazer um desvio com Abertura e encascalhamento na estrada que dar acesso a chácara do seu Manoel Maria Pinheiro.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/450/requerimentos_no_012-2011.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/450/requerimentos_no_012-2011.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido de fazer 04 ( Quatro) Mata — Burro . Um na divisa do Cicero cunha C/ Domingos CBT. Outro na divisa do Cicero cunha C/ Adeládio e outro na divisa do Adeládio C/ Cícero Lopes e outro na divisa do Adeládio C/ com Wilson do brejo do campo.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Cleidson Silva Santos</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/451/requerimentos_no_013-2011.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/451/requerimentos_no_013-2011.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido de arrumar as estradas que dar acesso o Assentamento Baronesa e o Barrerinho.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/452/requerimentos_no_014-2011.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/452/requerimentos_no_014-2011.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido. De Fazer Loteamento entra Avenida João Francisco de Abreu e avenida Pouso Alto. Na antiga saída de Araguacema, para construção de novas casas populares.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/453/requerimentos_no_017-2011.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/453/requerimentos_no_017-2011.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao chefe do Executivo Municipal, no sentido de: Solicitar Aquisição de E.P.I. Equipamento de Proteção Individual. Para os servidores que trabalha na manipulação do Lixo. Equipamentos como: Botas, Luvas, Jalecos e Outros.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -544,68 +544,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/443/requerimentos_no_004-2011.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/444/requerimentos_no_005-2011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/445/requerimentos_no_006-2011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/446/requerimentos_no_007-2011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/447/requerimentos_no_008-2011.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/448/requerimentos_no_010-2011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/449/requerimentos_no_011-2011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/450/requerimentos_no_012-2011.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/451/requerimentos_no_013-2011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/452/requerimentos_no_014-2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/453/requerimentos_no_017-2011.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/443/requerimentos_no_004-2011.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/444/requerimentos_no_005-2011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/445/requerimentos_no_006-2011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/446/requerimentos_no_007-2011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/447/requerimentos_no_008-2011.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/448/requerimentos_no_010-2011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/449/requerimentos_no_011-2011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/450/requerimentos_no_012-2011.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/451/requerimentos_no_013-2011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/452/requerimentos_no_014-2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2011/453/requerimentos_no_017-2011.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>