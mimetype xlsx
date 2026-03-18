--- v0 (2026-01-27)
+++ v1 (2026-03-18)
@@ -54,179 +54,179 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Jair Gabino</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/460/requerimentos_no_003-2013.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/460/requerimentos_no_003-2013.pdf</t>
   </si>
   <si>
     <t>Requerer a Vossa Excelência, que encaminhe ao crivo desta Augusta Casa de Leis o requerimento da matéria que trata da segurança das pessoas que estão trafegando ao redor da praça e evitar que ocorra acidentes porque os carros entram em alta velocidade</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Maria Laurinda Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/461/requerimentos_no_004-2013.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/461/requerimentos_no_004-2013.pdf</t>
   </si>
   <si>
     <t>Requerer a Vossa Excelência, que encaminhe ao crivo desta Augusta Casa de Leis o requerimento da matéria pois a mesma está sendo usado para jogar lixo, animais morto e prejudicando o bem está das pessoas com mal cheiro.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Raimundo Nonato Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/462/requerimentos_no_005-2013.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/462/requerimentos_no_005-2013.pdf</t>
   </si>
   <si>
     <t>Requerer a Vossa Excelência, que encaminhe ao crivo desta Augusta Casa de Leis o _x000D_
 requerimento da matéria com objetivo de proporcionar aos jovens melhoria e qualidade de vida praticando esporte.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/463/requerimentos_no_006-2013.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/463/requerimentos_no_006-2013.pdf</t>
   </si>
   <si>
     <t>Requerer a Vossa Excelência, que encaminhe ao crivo desta Augusta Casa de Leis o requerimento da matéria com objetivo de proporcionar melhorias e segurança aos pedestres que trafegam nas mesma.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Elenilson Moura</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/464/requerimentos_no_007-2013.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/464/requerimentos_no_007-2013.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal, o presente requerimento no sentido de construir um Bueiro na Rua Tancredo Neves e dar seguimento na mesma que dar acesso ao Setor Monte SINAI.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Parente</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/465/requerimentos_no_008-2013.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/465/requerimentos_no_008-2013.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal, o presente requerimento no _x000D_
 sentido de recuperar o asfalto das principais avenidas e ruas da cidade.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/466/requerimentos_no_009-2013.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/466/requerimentos_no_009-2013.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal, o presente requerimento no _x000D_
 sentido de solicitar Aquisição de E.P.I. (Equipamento de Proteção Individual), para as pessoas que trabalha na coleta do lixo da cidade. Equipamentos adequados como: Botas bico de ferro, Luvas, Jalecos, capacetes e máscaras.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/467/requerimentos_no_010-2013.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/467/requerimentos_no_010-2013.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal, o presente requerimento no _x000D_
 sentido de fazer um Bueiro na estrada que dar acesso ao cemitério local e a fazenda do Sr. Imar Gaúcho.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Antônio da Jovem</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/468/requerimentos_no_011-2013.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/468/requerimentos_no_011-2013.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal, o presente requerimento no _x000D_
 sentido de fazer Quebra-molas na Av. Pouso Alto e nas ruas 1° de Maio e Tocantins.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/469/requerimentos_no_013-2013.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/469/requerimentos_no_013-2013.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal, o presente requerimento no sentido fazer dois Quebra-molas na Avenida João Francisco de Abreu, na antiga saída para Araguacema.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -533,68 +533,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/460/requerimentos_no_003-2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/461/requerimentos_no_004-2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/462/requerimentos_no_005-2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/463/requerimentos_no_006-2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/464/requerimentos_no_007-2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/465/requerimentos_no_008-2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/466/requerimentos_no_009-2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/467/requerimentos_no_010-2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/468/requerimentos_no_011-2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/469/requerimentos_no_013-2013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/460/requerimentos_no_003-2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/461/requerimentos_no_004-2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/462/requerimentos_no_005-2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/463/requerimentos_no_006-2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/464/requerimentos_no_007-2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/465/requerimentos_no_008-2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/466/requerimentos_no_009-2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/467/requerimentos_no_010-2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/468/requerimentos_no_011-2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2013/469/requerimentos_no_013-2013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="227.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>