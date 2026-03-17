--- v0 (2026-01-27)
+++ v1 (2026-03-17)
@@ -54,165 +54,165 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Carlinhos da Baronesa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/473/requerimentos_no_001-2017.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/473/requerimentos_no_001-2017.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal, o presente requerimento no sentido de fazer uma quadra poliesportiva na escola Paulo Freire, no PA Baronesa.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/474/requerimentos_no_002-2017.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/474/requerimentos_no_002-2017.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal, o presente requerimento no sentido de fazer um poço artesiano de longa profundidade na escola Paulo Freire, no PA Baronesa.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/475/requerimentos_no_003-2017.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/475/requerimentos_no_003-2017.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal, o presente requerimento no sentido de fazer um encascalhamento em um trecho aproximadamente de 250 metros na estrada da chácara do senhor João Laudelino Moelman. Lote 109 P.A Santa Clara, no município de Abreulândia.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>REGIANE ABREU</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/476/requerimentos_no_004-2017.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/476/requerimentos_no_004-2017.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal o presente requerimento no sentido de colocar placas de sinalização na chegada e saída da cidade.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/477/requerimentos_no_005-2017.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/477/requerimentos_no_005-2017.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal o presente requerimento no sentido de fazer as calçadas em parceria com os moradores, em frente as residências.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Maria Laurinda Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/478/requerimentos_no_006-2017.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/478/requerimentos_no_006-2017.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal o presente requerimento no sentido de colocar internet via (Wife) na feira coberta, Arcanjo José Ribeiro. De Abreulândia-TO.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/479/requerimentos_no_007-2017.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/479/requerimentos_no_007-2017.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal o presente requerimento no sentido de colocar Lixeira em alguns pontos da cidade.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/480/requerimentos_no_008-2017.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/480/requerimentos_no_008-2017.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal o presente requerimento no sentido de Podar as árvores da cidade.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/481/requerimentos_no_009-2017.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/481/requerimentos_no_009-2017.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal, o presente requerimento no sentido de fazer abertura da rua 20, Qd 01, no centro.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/482/requerimentos_no_010-2017.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/482/requerimentos_no_010-2017.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado cópia deste, ao poder Executivo Municipal, o presente requerimento no sentido de fazer uma sala para atendimento Médico, no P.A Baronesa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -519,68 +519,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/473/requerimentos_no_001-2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/474/requerimentos_no_002-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/475/requerimentos_no_003-2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/476/requerimentos_no_004-2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/477/requerimentos_no_005-2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/478/requerimentos_no_006-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/479/requerimentos_no_007-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/480/requerimentos_no_008-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/481/requerimentos_no_009-2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/482/requerimentos_no_010-2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/473/requerimentos_no_001-2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/474/requerimentos_no_002-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/475/requerimentos_no_003-2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/476/requerimentos_no_004-2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/477/requerimentos_no_005-2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/478/requerimentos_no_006-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/479/requerimentos_no_007-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/480/requerimentos_no_008-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/481/requerimentos_no_009-2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2017/482/requerimentos_no_010-2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>