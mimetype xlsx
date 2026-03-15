--- v0 (2025-12-10)
+++ v1 (2026-03-15)
@@ -54,1080 +54,1080 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Jair Gabino</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/483/requerimentos_no_001-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/483/requerimentos_no_001-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA INSTALAÇÃO PARA DE UM CLIMATIZADOR NA ESCOLA MUNICIPAL JÚLIO PINHEIRO.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/484/requerimentos_no_002-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/484/requerimentos_no_002-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA A PODA DAS MAIORES ÁRVORES EM NOSSO MUNICÍPIO, CONSIDERANDO QUE AS MESMAS ESTÃO SE APROXIMANDO DA REDE DE ENERGIA ELÉTRICA E, CONSIDERANDO A FALTA DE MANUTENÇÃO, ESTÃO AINDA ATRAPALHANDO A VISIBILIDADE DO TRANSITO LOCAL.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>FRANCISCO DE ASSIS (DIASSIS)</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/485/requerimentos_no_003-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/485/requerimentos_no_003-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE UM BUEIRO E INSTALAÇÃO DE MANILHAS NO CÓRREGO CAPÃO REDONDO, NA FAZENDA SÃO BENTO, DE PROPRIEDADE DO SR. ALBERTO _x000D_
 GEOFRE WANDERLEY FIDO, NA ZONA RURAL DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/486/requerimentos_no_004-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/486/requerimentos_no_004-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA A REALIZAÇÃO CONCURSO PÚBLICO PARA O QUADRO GERAL DE SERVIDORES DO MUNICÍPIO DE ABREULANDIA — TO EM 2019.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Raimundo Nonato Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/487/requerimentos_no_005-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/487/requerimentos_no_005-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA QUE SEJAM REALIZADOS REPAROS POR MEIO DE PATROLAMENTO E OPERAÇÃO TAPA-BURACOS EM VÁRIAS VIAS PÚBLICAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Ednaura Alves Costa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/488/requerimentos_no_006-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/488/requerimentos_no_006-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA REFORMA DA PRAÇA AURÉLIO GOMES, LOCALIZADA NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/489/requerimentos_no_007-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/489/requerimentos_no_007-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA REFORMA DO CLUBE RECREATIVO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/490/requerimentos_no_008-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/490/requerimentos_no_008-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE 2 (DOIS) QUEBRA-MOLAS NA RUA GENTIL NOLETO E OUTROS 3 (TRÊS) NA RUA POUSO ALTO.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/491/requerimentos_no_009-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/491/requerimentos_no_009-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REFORMA DO CANTEIRO CENTRAL DA CIDADE.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Carlinhos da Baronesa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/492/requerimentos_no_010-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/492/requerimentos_no_010-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA QUE SEJA FEITA A REABERTURA EM UM TRECHO DA ESTRADA DE ROTA ESCOLAR NO P.A. BARREIRINHO NO SENTIDO NA CASA DO SR JULIMAR, BEM COMO O CASCALHAMENTO NO REFERIDO TRECHO</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/493/requerimentos_no_011-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/493/requerimentos_no_011-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA QUE SEJA FEITO O FORRO EM DUAS SALAS DE AULAS NA ESCOLA MUNICIPAL PAULO FREIRE E INSTALAÇÃO DE 2 CLIMATIZADORES DE AR NESTA UNIDADE, _x000D_
 BEM COMO A PINTURA EXTERNA QUE ENCONTRA-SE PRECISANDO DE REPAROS.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/494/requerimentos_no_012-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/494/requerimentos_no_012-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE UM CAMPO SOCIETY GRAMADO NA ESCOLA MUNICIPAL PAULO FREIRE, INCENTIVANDO A PRÁTICA DE ESPORTE AOS ALUNOS E _x000D_
 MORADORES.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>REGIANE ABREU</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/495/requerimentos_no_013-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/495/requerimentos_no_013-2019.pdf</t>
   </si>
   <si>
     <t>SOBRE QUE SEJAM REALIZADOS REPAROS NA ILUMINAÇÃO PÚBLICA DE VÁRIAS VIAS DA NOSSA CIDADE, EM ESPECIAL NA AVENIDA POUSO ALTO.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Raimundo Nonato Inácio de Sousa, REGIANE ABREU</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/496/requerimentos_no_014-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/496/requerimentos_no_014-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA QUE SEJA CONSTRUIDA UMA PONTE (BUEIRO) NO ACESSO DA RUA TANCREDO NEVES AO SETOR MONTE SINAI.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/497/requerimentos_no_015-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/497/requerimentos_no_015-2019.pdf</t>
   </si>
   <si>
     <t>SOBRE QUE SEJAM CONSTRUÍDOS BANHEIROS NA PRAÇA CENTRAL PARA ATENDER A COMUNIDADE QUE UTILIZA O LOGRADOURO E AUSÊNCIA DESSA ESTRUTURA GERA INÚMERO TRANSTORNOS À POPULAÇÃO.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/498/requerimentos_no_016-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/498/requerimentos_no_016-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE QUEBRA-MOLAS NA RUA MARIANO PEREIRA.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Parente</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/499/requerimentos_no_017-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/499/requerimentos_no_017-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DA REDE DE ESGOTO NAS VIAS PÚBLICAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/500/requerimentos_no_018-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/500/requerimentos_no_018-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA REALIZAR O ENCASCALHAMENTO NA ESTRADA QUE DÁ ACESSO ÀS CHÁCARAS DOS SENHORES GILVAN, MARCONDES E JOAQUIM.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/501/requerimentos_no_019-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/501/requerimentos_no_019-2019.pdf</t>
   </si>
   <si>
     <t>Sugestão de criação do Serviço Disk-Lâmpada para conectar o cidadão à Prefeitura, mantendo lâmpadas funcionando em todos os bairros, utilizando recursos tecnológicos em busca da eficiência na administração pública.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/502/requerimentos_no_020-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/502/requerimentos_no_020-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA REALIZAR O ENCASCALHAMENTO E MELHORIAS NA ESTRADA QUE DÁ ACESSO ÀS FAZENDAS PEDRA PRETA(Prop. JOANA ALVES DE ABREU) FAZENDA PERMANENTE (PRO. VALDIVINO LUCAS MAGALHÃES) FAZENDA BOA SORTE (Prop. LUIZ CARLOS).</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Maria Laurinda Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/503/requerimentos_no_021-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/503/requerimentos_no_021-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A EXTENSÃO DE REDE DE ÁGUA NA AVENIDA POUSO ALTO QUE ATUALMENTE A REDE SE LIMITA ATÉ A BORRACHARIA DO JUNIOR.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/504/requerimentos_no_022-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/504/requerimentos_no_022-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA EXTENSÃO DE REDE DE ÁGUA NA AVENIDA POUSO ALTO QUE _x000D_
 ATUALMENTE A REDE SE LIMITA ATÉ A BORRACHARIA DO JÚNIOR.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/505/requerimentos_no_023-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/505/requerimentos_no_023-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA QUE SEJAM REALIZADOS REPAROS E PINTURA NOS MEIOS-FIOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/506/requerimentos_no_024-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/506/requerimentos_no_024-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA QUE SEJA REALIZADO SERVIÇO DE CONSERVAÇÃO NAS ESTRADAS VICINAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/507/requerimentos_no_025-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/507/requerimentos_no_025-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA QUE DADO NOME DE "JOÃO BATISTA DE FRANÇA" À UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/508/requerimentos_no_026-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/508/requerimentos_no_026-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA REFORMA DO CAMPO DE FUTEBOL, DO VESTIÁRIO, DOS BANHEIROS E INSTA AÇÃO DE BANCOS OU CONSTRUÇÃO DE ARQUIBANCADAS A REDOR DO GRAMADO, _x000D_
 QUE TAMBÉM NECESSITA DE REPAROS.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/509/requerimentos_no_027-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/509/requerimentos_no_027-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONTRATAÇÃO DE VIGILÂNCIA ARMADA PARA ATUAREM NA PORTARIA DAS ESCOLAS MUNICIPAIS NO HORÁRIO DAS AULAS.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/510/requerimentos_no_028-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/510/requerimentos_no_028-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA REFORMA DO PARQUINHO NA PRAÇA CENTRAL E REPAROS NA ESTRUTURA DA ACADEMIA DOS IDOSOS.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/511/requerimentos_no_029-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/511/requerimentos_no_029-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DA COBERTURA DA QUADRA DO CENTRO EDUCACIONAL PEQUENO PRÍNCIPE (CRECHE) E TROCA DO PISO.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/512/requerimentos_no_030-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/512/requerimentos_no_030-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DA CASA DE VELÓRIO DE ABREULANDIA.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/513/requerimentos_no_031-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/513/requerimentos_no_031-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CRIAÇÃO DE LETREIRO IDENTIFICANDO O NOME DA CIDADE NA ENTRADA PRINCIPAL DO MUNICÍPIO DE ABREULANDIA.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Raimundo Nonato Inácio de Sousa, Ednaura Alves Costa, Maria Laurinda Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/514/requerimentos_no_032-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/514/requerimentos_no_032-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO CONSTRUÇÃO DE TERMINAL RODOVIÁRIO NO MUNICÍPIO DE ABREULANDIA.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/515/requerimentos_no_033-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/515/requerimentos_no_033-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE UMA NOVA PONTE SOBRE O RIO GROTÃO, PRÓXIMA À SEDE DA FAZENDA GROTÃO.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/516/requerimentos_no_034-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/516/requerimentos_no_034-2019.pdf</t>
   </si>
   <si>
     <t>Solicitar extensão da rede de energia elétrica na Rua Tocantins entre Avenida José Lopes de Figueiredo e a Rua 13; Rua Tancredo Neves entre Avenida José Lopes de Figueiredo e a Rua 13. Além destas, também o pedido é extensivo as ruas 20 e 20-A, entre as ruas 15 e 18 no Setor Monte Sinai.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/517/requerimentos_no_035-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/517/requerimentos_no_035-2019.pdf</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/518/requerimentos_no_036-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/518/requerimentos_no_036-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE GALPÃO PARA ACOMODAR OS VEÍCULOS DA SAÚDE PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/519/requerimentos_no_037-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/519/requerimentos_no_037-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA A DISPONIBILIZAÇÃO DE UNIFORMES E EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL AOS GARIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/520/requerimentos_no_038-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/520/requerimentos_no_038-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE COBERTURA NA ÁREA ONDE ATUALMENTE FICAM AS MÁQUINAS PESADAS, CAMINHÕES E DEMAIS EQUIPAMENTOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/521/requerimentos_no_039-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/521/requerimentos_no_039-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE UM GALPÃO PARA ARMAZENAMENTO E SEPARAÇÃO DE MATERIAL RECICLÁVEL COLETADO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/522/requerimentos_no_040-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/522/requerimentos_no_040-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA REALIZAÇÃO DE CASAMENTO COMUNITÁRIO NO MUNICÍPIO DE ABREULANDIA.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/523/requerimentos_no_041-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/523/requerimentos_no_041-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE DISPONIBILIZAÇÃO DE VEÍCULO, COM MOTORISTA, PARA ATENDER DEMANDAS RELACIONADAS A SAÚDE DOS PACIENTES QUE NECESSITEM DESLOCAR-SE DO _x000D_
 ASSENTAMENTO BARONESA À SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/524/requerimentos_no_042-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/524/requerimentos_no_042-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA QUE SEJA CONSTRUÍDO UM ANEL VIÁRIO PARA TIRAR O FLUXO DE VEÍCULOS PESADOS DA TO-164 DO CENTRO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/525/requerimentos_no_043-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/525/requerimentos_no_043-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CRIAÇÃO DA ESCOLA DA APAE EM ABREULANDIA.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/526/requerimentos_no_044-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/526/requerimentos_no_044-2019.pdf</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/527/requerimentos_no_045-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/527/requerimentos_no_045-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE PONTE SOBRE O CÓRREGO NAJÁ ANTIGA ROPRIEDADE DO SR. IRON.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/528/requerimentos_no_046-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/528/requerimentos_no_046-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA AQUISIÇÃO DE TANQUE PARA ARMAZENAMENTO DE COMBUSTÍVEL.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/529/requerimentos_no_047-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/529/requerimentos_no_047-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA PAVIMENTAÇÃO DAS RUAS DO SETOR MONTE SINAI.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/530/requerimentos_no_048-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/530/requerimentos_no_048-2019.pdf</t>
   </si>
   <si>
     <t>REFORMA NA PRAÇA TRIÂNGULO, LOCALIZADA NA RUA GERMINIANO CUNHA COM GETÚLIO VARGAS.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/531/requerimentos_no_049-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/531/requerimentos_no_049-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INTERMEDIAÇÃO JUNTO AO GOVERNO DO ESTADO PARA QUE SEJA FEITA A RASPAGEM NA TO-446 QUE INTERLIGA ABREULÂNDIA À MIRANORTE.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/532/requerimentos_no_050-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/532/requerimentos_no_050-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA QUE REALIZE PROGRAMA PARA DOAÇÃO DE TERRENOS PÚBLICOS PARA FAMÍLIAS DE BAIXA RENDA DE ABREULANDIA.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/577/requerimentos_no_0051-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/577/requerimentos_no_0051-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA QUE DESTINE 100% DO RECURSO DE R$ 1.000.000,00 (UM MILHÃO DE REAIS) DO EMPRÉSTIMO DO GOVERNO DO ESTADO JUNTO A CAIXA ECONÔMICO PARA _x000D_
 PAVIMENTAÇÃO ASFÁLTICA DAS RUAS DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/578/requerimentos_no_0054-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/578/requerimentos_no_0054-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO ASSENTAMENTO BARONESA PARA REALIZAÇÃO DE REUNIÕES, FORMATURAS, BATIZADOS, CASAMENTOS E EVENTOS EM GERAL.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/579/requerimentos_no_0055-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/579/requerimentos_no_0055-2019.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DO MURO NA ESCOLA PAULO FREIRE NO P.A. BARONESA.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/580/requerimentos_no_0056-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/580/requerimentos_no_0056-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE GRADAGEM E PREPARAÇÃO SOLO PARA ATENDER OS PEQUENOS AGRICULTORES DO P.A. BARONESA E BARREIRINHO.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/581/requerimentos_no_0057-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/581/requerimentos_no_0057-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA SUBSTITUIÇÃO DAS KOMBIS QUE REALIZAM O TRANSPORTE ESCOLAR DE ALUNOS NOS ASSENTAMENTOS BARONESA E BARREIRINHO.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/582/requerimentos_no_0058-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/582/requerimentos_no_0058-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE UM ESPAÇO DE SAÚDE COM AMBULÂNCIA PARA ATENDIMENTO DA COMUNIDADE NO ASSENTAMENTO BARONESA.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/583/requerimentos_no_0059-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/583/requerimentos_no_0059-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA REFORMA E CONSTRUÇÃO DE NOVAS CACIMBAS NOS ASSENTAMENTOS BARONESA E BARREIRINHO.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/584/requerimentos_no_0060-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/584/requerimentos_no_0060-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA DISPONIBILIZAÇÃO DE VEÍCULO FECHADO PARA TRANSPORTAR OS MORADORES DO ASSENTAMENTO BARONESA PARA REALIZAÇÃO DE COMPRAS MENSAIS NO PERÍMETRO URBANO DE ABREULANDIA.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/585/requerimentos_no_0061-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/585/requerimentos_no_0061-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONVÊNIO COM MUNICÍPIO DE ARAGUACEMA PARA AJUDA MÚTUA DE MAQUINÁRIOS NA ZONA RURAL NA REGIÃO DOS ASSENTAMENTOS BARONESA E BARREIRINHO.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/586/requerimentos_no_0062-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/586/requerimentos_no_0062-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA REALIZAÇÃO DE ROÇA COMUNITÁRIA NOS ASSENTAMENTOS BARONESA E BARREIRINHO ÀS FAMÍLIAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/587/requerimentos_no_0063-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/587/requerimentos_no_0063-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO ASSENTAMENTO VARGEM DOURADA PARA REALIZAÇÃO DE REUNIÕES, FORMATURAS, BATIZADOS, CASAMENTOS E EVENTOS EM GERAL.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/588/requerimentos_no_0064-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/588/requerimentos_no_0064-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE FORRO E CLIMATIZAÇÃO DAS SALAS DE AULA DA ESCOLA MUNICIPAL ARCO-IRIS NO P.A. VARGEM DOURADA.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/589/requerimentos_no_0065-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/589/requerimentos_no_0065-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE SALA DOS PROFESSORES E DA COORDENAÇÃO NA ESCOLA ARCO IRIS NO P.A. VARGEM DOURADA.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/590/requerimentos_no_0066-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/590/requerimentos_no_0066-2019.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA TENDA NA ÁREA EXTERNA DA ESCOLA ARCO-IRIS NO P.A. VARGEM DOURADA.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Marivaldo Machalegre</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/591/requerimentos_no_0067-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/591/requerimentos_no_0067-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECUPERAÇÃO DA PONTE NO RIO GROTÃO NA FAZENDA TABOCA DE PROPRIEDADE DE HUGO BRITO NASCIMENTO, FAZENDA CICLO VIZINHA DO P.A VARGEM _x000D_
 DOURADA.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/592/requerimentos_no_0068-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/592/requerimentos_no_0068-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA REALIZAÇÃO DE ROÇA COMUNITÁRIA NO ASSENTAMENTO VARGEM DOURADA ÀS FAMÍLIAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/593/requerimentos_no_0069-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/593/requerimentos_no_0069-2019.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DA ESCOLA MUNICIPAL ARCOIRIS COM CONSTRUÇÃO DE DUAS NOVAS SALAS E DO MURO NA UNIDADE DE ENSINO DO P.A. VARGEM DOURADA.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/594/requerimentos_no_0070-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/594/requerimentos_no_0070-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE UM ESPAÇO DE SAÚDE COM PROFISSIONAL TÉCNICO EM ENFERMAGEM PARA ATENDIMENTO CONSTANTE NO ASSENTAMENTO VARGEM DOURADA.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/595/requerimentos_no_0071-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/595/requerimentos_no_0071-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO INCLUSÃO DE TRECHO DA RUA PERNAMBUCO NA ENTRADA DA CIDADE ENTRE AS VIAS PÚBLICAS QUE SERÃO PAVIMENTADAS POR MEIO DE FINANCIAMENTO DO GOVERNO DO ESTADO DO TOCANTINS.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/596/requerimentos_no_0072-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/596/requerimentos_no_0072-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA A GESTÃO JUNTO A CONCESSIONÁRIA DE ÁGUA HIDROFORTE NO SENTIDO DA EMPRESA ATIVAR O POÇO ARTESIANO E DISPONIBILIZAR AGUA PARA AS FAMÍLIAS NO P.A. VARGEM DOURADA.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/597/requerimentos_no_0073-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/597/requerimentos_no_0073-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE APOIO NO TRANSPORTE UNIVERSITÁRIO DOS ESTUDANTES LOCAIS QUE ESTUDAM EM PARAÍSO DO TOCANTINS.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/598/requerimentos_no_0074-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/598/requerimentos_no_0074-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REVITALIZAÇÃO DA FACHADA DA FEIRA COBERTA COM NOVA PINTURA DO LETREIRO DO HOMENAGEADO ARCANJO JOSÉ RIBEIRO.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/599/requerimentos_no_0075-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/599/requerimentos_no_0075-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE DESTINAÇÃO DO NOME DO SAUDOSO EX-PREFEITO WALTER MARINHO À CRECHE PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/600/requerimentos_no_0076-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/600/requerimentos_no_0076-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE CASA DE APOIO AOS PROFESSORES QUE MINISTRAM AULAS NA ESCOLA ARCO-IRIS NO ASSENTAMENTO VARGEM DOURADA.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/601/requerimentos_no_0077-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/601/requerimentos_no_0077-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA REFORMA E CONSTRUÇÃO DE NOVAS CACIMBAS NOS ASSENTAMENTOS VARGEM DOURADA E BREJO DO CAMPO.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/602/requerimentos_no_0078-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/602/requerimentos_no_0078-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA DISPONIBILIZAÇÃO DE VEÍCULO FECHADO PARA TRANSPORTAR OS MORADORES DO ASSENTAMENTO VARGEM DOURADA PARA REALIZAÇÃO DE COMPRAS MENSAIS NO PERÍMETRO URBANO DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/603/requerimentos_no_0079-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/603/requerimentos_no_0079-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DA CASA DE FARINHA NO P.A. BREJO DO CAMPO.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/604/requerimentos_no_0080-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/604/requerimentos_no_0080-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE DEMARCAÇÃO DE ÁREA PÚBLICA MUNICIPAL LOCALIZADA ENTRE O CENTRO E O SETOR MONTE SINAI POR MEIO DA CONSTRUÇÃO DE CERCA OU MURO ISOLANDO A ÁREA DE PRESERVAÇÃO PERMANENTE DOS LOTES DOS MORADORES _x000D_
 VIZINHOS.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/605/requerimentos_no_0081-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/605/requerimentos_no_0081-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RETOMADA DE PROGRAMA DE DISTRIBUIÇÃO GRATUITA DE LEITE EM ABREULÂNDIA.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/606/requerimentos_no_0082-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/606/requerimentos_no_0082-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA INCLUSÃO DO NOME DA PIONEIRA VIRGILINA LUCAS MAGALHÃES NA ACADEMIA DO IDOSO DE ABREULANDIA.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/607/requerimentos_no_0083-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/607/requerimentos_no_0083-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PERFURAÇÃO DE MINI-POÇO OU POÇOS SEMI ARTESIANOS NA UNIDADE BÁSICA DE SAÚDE JOÃO BATISTA DE FRANÇA, CRECHE PEQUENO PRÍNCIPE E COLÉGIO MUNICIPAL JÚLIO PINHEIRO.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/608/requerimentos_no_0084-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/608/requerimentos_no_0084-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA M INSTALAÇÃO DE RESERVATÓRIO MAIOR NA ESCOLA MUNICIPAL DO P.A. BARONESA PARA A TENDER A DEMANDA DA UNIDADE DE ENSINO E DA COMUNIDADE ASSENTADA E EXTENSÃO DA REDE PARA APROCIAR A VASÃO DE ÁGUA DOS CHACAREIROS DA REGIÃO.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/609/requerimentos_no_0085-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/609/requerimentos_no_0085-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PERFURAÇÃO DE UM POÇO ARTESIANO NO ESTÁDIO DE FUTEBOL MARIANO PEREIRA.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/610/requerimentos_no_0086-2019.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/610/requerimentos_no_0086-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA LOCAÇÃO DE CASA DE APOIO AOS UNIVERSITÁRIOS DE ABREULANDIA QUE ESTUDAM EM PALMAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1434,68 +1434,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/483/requerimentos_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/484/requerimentos_no_002-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/485/requerimentos_no_003-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/486/requerimentos_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/487/requerimentos_no_005-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/488/requerimentos_no_006-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/489/requerimentos_no_007-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/490/requerimentos_no_008-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/491/requerimentos_no_009-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/492/requerimentos_no_010-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/493/requerimentos_no_011-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/494/requerimentos_no_012-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/495/requerimentos_no_013-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/496/requerimentos_no_014-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/497/requerimentos_no_015-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/498/requerimentos_no_016-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/499/requerimentos_no_017-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/500/requerimentos_no_018-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/501/requerimentos_no_019-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/502/requerimentos_no_020-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/503/requerimentos_no_021-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/504/requerimentos_no_022-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/505/requerimentos_no_023-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/506/requerimentos_no_024-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/507/requerimentos_no_025-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/508/requerimentos_no_026-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/509/requerimentos_no_027-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/510/requerimentos_no_028-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/511/requerimentos_no_029-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/512/requerimentos_no_030-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/513/requerimentos_no_031-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/514/requerimentos_no_032-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/515/requerimentos_no_033-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/516/requerimentos_no_034-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/517/requerimentos_no_035-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/518/requerimentos_no_036-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/519/requerimentos_no_037-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/520/requerimentos_no_038-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/521/requerimentos_no_039-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/522/requerimentos_no_040-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/523/requerimentos_no_041-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/524/requerimentos_no_042-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/525/requerimentos_no_043-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/526/requerimentos_no_044-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/527/requerimentos_no_045-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/528/requerimentos_no_046-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/529/requerimentos_no_047-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/530/requerimentos_no_048-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/531/requerimentos_no_049-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/532/requerimentos_no_050-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/577/requerimentos_no_0051-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/578/requerimentos_no_0054-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/579/requerimentos_no_0055-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/580/requerimentos_no_0056-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/581/requerimentos_no_0057-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/582/requerimentos_no_0058-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/583/requerimentos_no_0059-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/584/requerimentos_no_0060-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/585/requerimentos_no_0061-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/586/requerimentos_no_0062-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/587/requerimentos_no_0063-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/588/requerimentos_no_0064-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/589/requerimentos_no_0065-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/590/requerimentos_no_0066-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/591/requerimentos_no_0067-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/592/requerimentos_no_0068-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/593/requerimentos_no_0069-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/594/requerimentos_no_0070-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/595/requerimentos_no_0071-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/596/requerimentos_no_0072-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/597/requerimentos_no_0073-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/598/requerimentos_no_0074-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/599/requerimentos_no_0075-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/600/requerimentos_no_0076-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/601/requerimentos_no_0077-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/602/requerimentos_no_0078-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/603/requerimentos_no_0079-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/604/requerimentos_no_0080-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/605/requerimentos_no_0081-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/606/requerimentos_no_0082-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/607/requerimentos_no_0083-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/608/requerimentos_no_0084-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/609/requerimentos_no_0085-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/610/requerimentos_no_0086-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/483/requerimentos_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/484/requerimentos_no_002-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/485/requerimentos_no_003-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/486/requerimentos_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/487/requerimentos_no_005-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/488/requerimentos_no_006-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/489/requerimentos_no_007-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/490/requerimentos_no_008-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/491/requerimentos_no_009-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/492/requerimentos_no_010-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/493/requerimentos_no_011-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/494/requerimentos_no_012-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/495/requerimentos_no_013-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/496/requerimentos_no_014-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/497/requerimentos_no_015-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/498/requerimentos_no_016-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/499/requerimentos_no_017-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/500/requerimentos_no_018-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/501/requerimentos_no_019-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/502/requerimentos_no_020-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/503/requerimentos_no_021-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/504/requerimentos_no_022-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/505/requerimentos_no_023-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/506/requerimentos_no_024-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/507/requerimentos_no_025-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/508/requerimentos_no_026-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/509/requerimentos_no_027-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/510/requerimentos_no_028-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/511/requerimentos_no_029-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/512/requerimentos_no_030-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/513/requerimentos_no_031-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/514/requerimentos_no_032-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/515/requerimentos_no_033-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/516/requerimentos_no_034-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/517/requerimentos_no_035-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/518/requerimentos_no_036-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/519/requerimentos_no_037-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/520/requerimentos_no_038-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/521/requerimentos_no_039-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/522/requerimentos_no_040-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/523/requerimentos_no_041-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/524/requerimentos_no_042-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/525/requerimentos_no_043-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/526/requerimentos_no_044-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/527/requerimentos_no_045-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/528/requerimentos_no_046-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/529/requerimentos_no_047-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/530/requerimentos_no_048-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/531/requerimentos_no_049-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/532/requerimentos_no_050-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/577/requerimentos_no_0051-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/578/requerimentos_no_0054-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/579/requerimentos_no_0055-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/580/requerimentos_no_0056-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/581/requerimentos_no_0057-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/582/requerimentos_no_0058-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/583/requerimentos_no_0059-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/584/requerimentos_no_0060-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/585/requerimentos_no_0061-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/586/requerimentos_no_0062-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/587/requerimentos_no_0063-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/588/requerimentos_no_0064-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/589/requerimentos_no_0065-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/590/requerimentos_no_0066-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/591/requerimentos_no_0067-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/592/requerimentos_no_0068-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/593/requerimentos_no_0069-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/594/requerimentos_no_0070-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/595/requerimentos_no_0071-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/596/requerimentos_no_0072-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/597/requerimentos_no_0073-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/598/requerimentos_no_0074-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/599/requerimentos_no_0075-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/600/requerimentos_no_0076-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/601/requerimentos_no_0077-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/602/requerimentos_no_0078-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/603/requerimentos_no_0079-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/604/requerimentos_no_0080-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/605/requerimentos_no_0081-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/606/requerimentos_no_0082-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/607/requerimentos_no_0083-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/608/requerimentos_no_0084-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/609/requerimentos_no_0085-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2019/610/requerimentos_no_0086-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="78" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>