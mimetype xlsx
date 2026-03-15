--- v0 (2026-01-27)
+++ v1 (2026-03-15)
@@ -54,583 +54,583 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>FRANCISCO DE ASSIS (DIASSIS)</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/533/requerimentos_no_001-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/533/requerimentos_no_001-2020.pdf</t>
   </si>
   <si>
     <t>Seja aprovada e encaminhada ao Governo do Estado do Tocantins, Comando Geral da Polícia Militar e Secretaria de Estado da Segurança Pública SOLICITAÇÃO PARA REFORÇO DA SEGURANÇA PÚBLICA DO MUNICÍPIO DE ABREULANDIA, ENVIANDO PARA NOSSA CIDADE _x000D_
 POLICIAMENTO E REFORÇO DA POLÍCIA MILITAR DEVIDO O AUMENTO DE FURTOS, ROUBOS E VIOLÊNCIA.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Maria Laurinda Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/534/requerimentos_no_002-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/534/requerimentos_no_002-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE TRANSPORTE DE PASSAGEIROS DA ZONA RURAL E ASSENTAMENTOS PARA A ZONA URBANA POR MEIO DE TRANSPORTE FECHADO.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/535/requerimentos_no_003-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/535/requerimentos_no_003-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE AMPLA REFORMA NO ESTÁDIO DE FUTEBOL MARIANO PEREIRA.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Raimundo Nonato Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/536/requerimentos_no_004-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/536/requerimentos_no_004-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RASPAGEM DAS VIAS PÚBLICAS DO PERÍMETRO URBANO QUE NÃO POSSUEM PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/537/requerimentos_no_005-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/537/requerimentos_no_005-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECUPERAÇÃO DA MALHA ASFÁLTICA DA CIDADE POR MEIO DE RECAPEAMENTO OU OPERAÇÃO TAPA-BURACOS.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/538/requerimentos_no_006-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/538/requerimentos_no_006-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INCLUSÃO DO NOME DE PIONEIROS E SAUDOSOS MORADORES DE ABREULANDIA EM RUAS E AVENIDAS DA CIDADE.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/539/requerimentos_no_007-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/539/requerimentos_no_007-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INCLUSÃO DE NUMERAÇÃO EM TODAS AS CASAS E LOGRADOUROS PÚBLICOS DE ABREULANDIA.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/540/requerimentos_no_008-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/540/requerimentos_no_008-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA REALIZAÇÃO DE TREINAMENTOS ESPORTIVOS NO PERÍODO MATUTINO E VESPERTINO E ORGANIZAÇÃO DE TORNEIOS DE ESPORTIVOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/541/requerimentos_no_009-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/541/requerimentos_no_009-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ENCASCALHAMENTO, RASPAGEM E PATROLAMENTO DAS ESTRADAS VICINAIS QUE DÃO ACESSOS AS FAZENDAS, FAZENDA AL TO ALEGRE DE PROPRIEDADE DE CELIVANIA DE ARAUJO NEVES E AS FAZENDAS DOS SENHORES CLEBER, LUIZ AGROMINA E MANELITO.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>REGIANE ABREU</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/542/requerimentos_no_010-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/542/requerimentos_no_010-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE COBERTURA NO PÁTIO DA CRECHE PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Ednaura Alves Costa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/543/requerimentos_no_012-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/543/requerimentos_no_012-2020.pdf</t>
   </si>
   <si>
     <t>Solicitação para a devolução, aos cofres do Poder Executivo, das economias do duodécimo repassado à esta Câmara Municipal, considerando a necessidade de uma força tarefa para honrarmos os pagamentos com servidores do município de Abreulândia — TO.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Jair Gabino</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/544/requerimentos_no_013-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/544/requerimentos_no_013-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECUPERAÇÃO DA PONTE DA FAZENDA GROTÃO NO RIO GROTÃO NO SENTIDO PA BARONESA E FAZENDA VIZINHAS.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Carlinhos da Baronesa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/545/requerimentos_no_015-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/545/requerimentos_no_015-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE DISPONIBILIZAÇÃO DE VEÍCULO, COM MOTORISTA, PARA A TENDER DEMANDAS RELACIONADAS A SAÚDE DOS PACIENTES QUE NECESSITEM DESLOCAR-SE DOS _x000D_
 ASSENTAMENTOS BARONESA, BARREIRINHO E FAZENDAS CIRCUVIZINHA S À SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/546/requerimentos_no_016-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/546/requerimentos_no_016-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECUPERAÇÃO DE ESTRADAS VICINAIS QUE DÃO ACESSO AS PROPRIEDADES RURAIS DE JOÃO LUCAS DE ABREU, DONA TEREZA ALVES, DONA MARLI, SR. CICERO CUNHA E ADELÁDIO CABRAL, COM RASPAGEM E CASCALHAMENTO DAS VIAS.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/547/requerimentos_no_017-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/547/requerimentos_no_017-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DA RELAÇÃO DE TODOS OS CONTRATOS TEMPORÁRIOS DO MUNICÍPIO DE ABREULANDIA, COM RESPECTIVA LOTAÇÃO.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/548/requerimentos_no_018-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/548/requerimentos_no_018-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE SUSPENSÃO DA COBRANÇA DE IPTU, ISSQN E TAXAS MUNICIPAIS ENQUANTO DURAR A PANDEMIA DA COVID-19.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/549/requerimentos_no_019-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/549/requerimentos_no_019-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE DESINFECÇÃO DAS RUAS DE ABREULANDIA COM VEÍCULO APROPRIADO PARA MINIMIZAR O CONTÁGIO DA COVID-19.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/550/requerimentos_no_020-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/550/requerimentos_no_020-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE PONTE SOBRE O CÓRREGO NAJÁ NA ANTIGA PROPRIEDADE DO SR. IRON.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/551/requerimentos_no_021-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/551/requerimentos_no_021-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE PORTAL DE ENTRADA NO MUNICÍPIO DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/552/requerimentos_no_022-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/552/requerimentos_no_022-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CESTAS BÁSICAS, EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL E ÁLCOOL EM GEL PARA OS GARIS QUE ATUAM NA LIMPEZA URBANA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/553/requerimentos_no_023-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/553/requerimentos_no_023-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE EDIÇÃO DO DECRETO MUNICIPAL POSSIBILITANDO A REABERTURA DOS BARES E IGREJAS, OBSERVANDO OS PROTOCOLOS DE SAÚDE DA COVID-I9.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>FRANCISCO DE ASSIS (DIASSIS), Carlinhos da Baronesa, Ednaura Alves Costa, Jair Gabino, Maria Laurinda Inácio de Sousa, Parente, REGIANE ABREU, Raimundo Nonato Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/554/requerimentos_no_024-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/554/requerimentos_no_024-2020.pdf</t>
   </si>
   <si>
     <t>Seja aprovada e encaminhada ao Presidente do Poder Legislativo SOLICITAÇÃO REDUÇÃO DAS SESSÕES ORDINARIAS PARA DOIS DIAS, OBSERVANDO OS PROTOCOLOS DE SAÚDE DA COVID-19.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/555/requerimentos_no_025-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/555/requerimentos_no_025-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REGULARIZAÇÃO E REVITALIZAÇÃO DO LIXÃO DO MUNICÍPIO ATENDENDO AS NORMAS AMBIENTAIS.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/556/requerimentos_no_026-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/556/requerimentos_no_026-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECUPERAÇÃO DAS RODOVIAS ESTADUAIS QUE LIGAM ABREULÂNDIA AOS MUNICÍPIOS DE ARAGUACEMA E DE MIRANORTE.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/557/requerimentos_no_027-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/557/requerimentos_no_027-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE GALPÃO PARA ACOMODAR OS VEÍCULOS E MAQUINÁRIOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/558/requerimentos_no_028-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/558/requerimentos_no_028-2020.pdf</t>
   </si>
   <si>
     <t>Solicitação para a elaboração de projeto de lei que concede abono salarial a servidores municipais que atuam no combate à pandemia da COVID-19.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/559/requerimentos_no_029-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/559/requerimentos_no_029-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA PINTURA DE MEIO-FIOS E SINALIZAÇÃO DE TRÂNSITO HORIZONTAL EM QUEBRA-MOLAS E FAIXAS DE PEDESTRES.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/560/requerimentos_no_030-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/560/requerimentos_no_030-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PATROLAMENTO E CASCALHAMENTO DAS VIAS PÚBLICAS DE ABREULÂNDIA QUE NÃO POSSUEM PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/561/requerimentos_no_031-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/561/requerimentos_no_031-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CASCALHAMENTO DE ESTRADA NO ACESSO A PROPRIEDADE DO SENHOR JOÃO MOEBA, POPULAR GAÚCHO, NO ASSENTAMENTO SANTA CLARA, ZONA RURAL DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/562/requerimentos_no_032-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/562/requerimentos_no_032-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE CACIMBAS PARA FAMÍLIAS RESIDENTES NOS ASSENTAMENTOS SANTA CLARA, BARREIRINHO E BARONESA ZONA RURAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/563/requerimentos_no_033-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/563/requerimentos_no_033-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PODA DE ÁRVORES PARA EMBELEZAR A ZONA URBANA COM OS CUIDADOS PARA MANUTENÇÃO DAS SOMBRAS.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/564/requerimentos_no_034-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/564/requerimentos_no_034-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CRIAÇÃO DO DAIA "DISTRITO AGROINDUSTRIAL DE ABREULANDIA ".</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/565/requerimentos_no_035-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/565/requerimentos_no_035-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DE QUEBRA-MOLAS NA AVENIDA POUSO ALTO.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/566/requerimentos_no_036-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/566/requerimentos_no_036-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE DISTRIBUIÇÃO DE KITS DE DIABETES EM CASA PARA PACIENTES NÃO SE DESLOCAREM À UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/567/requerimentos_no_037-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/567/requerimentos_no_037-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA QUE SEJAM MOLHADAS A GRAMA E JARDINS DE PRAÇAS E CANTEIROS DAS AVENIDAS.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/568/requerimentos_no_038-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/568/requerimentos_no_038-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA QUE CAMINHÃO PIPA MOLHE DIARIAMENTE RUAS QUE AINDA NÃO POSSUEM PAVIMENTAÇÃO ASFÁLTICA DEVIDO A POEIRA DO PERÍODO DA ESTIAGEM.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Parente</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/569/requerimentos_no_039-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/569/requerimentos_no_039-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO RASPAGEM, CASCALHAMENTO E ESCOAMENTO DAS ÁGUAS PLUVIAIS NO TRECHO DE 800M DA ESTRADA VICINAL QUE DÁ ACESSO ÀS PROPRIEDADES LINDOLFO SEGUINDO ATÉ A FAZENDA SITIO NOVO DE PROPRIEDADE DO SENHOR MAURICIO ALVES DE SOUZA, ZONA RURAL ESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/570/requerimentos_no_040-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/570/requerimentos_no_040-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CONSTRUÇÃO DA CASA DE VELÓRIO DE ABREULANDIA.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/572/requerimentos_no_042-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/572/requerimentos_no_042-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE QUEBRA-MOLAS NA AVENIDA JOSÉ LOPES DE FIGUEIREDO, VIA QUE DA ACESSO A CHEGADA DA RUA MARIANO PEREIRA.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/573/requerimentos_no_043-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/573/requerimentos_no_043-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE SONORIZADORES NAS VIAS PÚBLICAS QUE DÃO ACESSO A ENTRADA DA CIDADE DE ABREULANDIA PELA TO-164 ATRAVÉS DO ACESSO DE _x000D_
 DIVINOPOLIS E DOIS IRMÃOS.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/574/requerimentos_no_044-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/574/requerimentos_no_044-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE QUEBRA-MOLAS NA RUA MARIANO PEREIRA, _x000D_
 PRÓXIMO A ESCOLA MUNICIPAL JULIO PINHEIRO.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/575/requerimentos_no_045-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/575/requerimentos_no_045-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CASCALHAMENTO E ENTUPIMENTO DE BURACO NA RUA 13, PRÓXIMO A CASA DO SENHOR LUIZÃO ABREU.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/576/requerimentos_no_046-2020.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/576/requerimentos_no_046-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REALIZAÇÃO DE SERVIÇO DE BORRIFAÇÃO PARA ENFRENTAMENTO DE PERNILONGOS E DO MOSQUITO REDES AEGYPT.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -937,68 +937,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/533/requerimentos_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/534/requerimentos_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/535/requerimentos_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/536/requerimentos_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/537/requerimentos_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/538/requerimentos_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/539/requerimentos_no_007-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/540/requerimentos_no_008-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/541/requerimentos_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/542/requerimentos_no_010-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/543/requerimentos_no_012-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/544/requerimentos_no_013-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/545/requerimentos_no_015-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/546/requerimentos_no_016-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/547/requerimentos_no_017-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/548/requerimentos_no_018-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/549/requerimentos_no_019-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/550/requerimentos_no_020-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/551/requerimentos_no_021-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/552/requerimentos_no_022-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/553/requerimentos_no_023-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/554/requerimentos_no_024-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/555/requerimentos_no_025-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/556/requerimentos_no_026-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/557/requerimentos_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/558/requerimentos_no_028-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/559/requerimentos_no_029-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/560/requerimentos_no_030-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/561/requerimentos_no_031-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/562/requerimentos_no_032-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/563/requerimentos_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/564/requerimentos_no_034-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/565/requerimentos_no_035-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/566/requerimentos_no_036-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/567/requerimentos_no_037-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/568/requerimentos_no_038-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/569/requerimentos_no_039-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/570/requerimentos_no_040-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/572/requerimentos_no_042-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/573/requerimentos_no_043-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/574/requerimentos_no_044-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/575/requerimentos_no_045-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/576/requerimentos_no_046-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/533/requerimentos_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/534/requerimentos_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/535/requerimentos_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/536/requerimentos_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/537/requerimentos_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/538/requerimentos_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/539/requerimentos_no_007-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/540/requerimentos_no_008-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/541/requerimentos_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/542/requerimentos_no_010-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/543/requerimentos_no_012-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/544/requerimentos_no_013-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/545/requerimentos_no_015-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/546/requerimentos_no_016-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/547/requerimentos_no_017-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/548/requerimentos_no_018-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/549/requerimentos_no_019-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/550/requerimentos_no_020-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/551/requerimentos_no_021-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/552/requerimentos_no_022-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/553/requerimentos_no_023-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/554/requerimentos_no_024-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/555/requerimentos_no_025-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/556/requerimentos_no_026-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/557/requerimentos_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/558/requerimentos_no_028-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/559/requerimentos_no_029-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/560/requerimentos_no_030-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/561/requerimentos_no_031-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/562/requerimentos_no_032-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/563/requerimentos_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/564/requerimentos_no_034-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/565/requerimentos_no_035-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/566/requerimentos_no_036-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/567/requerimentos_no_037-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/568/requerimentos_no_038-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/569/requerimentos_no_039-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/570/requerimentos_no_040-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/572/requerimentos_no_042-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/573/requerimentos_no_043-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/574/requerimentos_no_044-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/575/requerimentos_no_045-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2020/576/requerimentos_no_046-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="159.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>