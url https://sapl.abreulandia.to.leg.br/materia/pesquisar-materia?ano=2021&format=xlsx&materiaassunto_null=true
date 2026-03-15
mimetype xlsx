--- v0 (2026-01-28)
+++ v1 (2026-03-15)
@@ -51,1747 +51,1747 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Dinamilton da Silva Lima</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/1/01_-_dinamilton_comissao_pccr.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/1/01_-_dinamilton_comissao_pccr.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, vem respeitosamente requerer que, após ouvido o plenário seja aprovada e encaminhada ao Poder Executivo solicitação para que seja criada Comissão Especial responsável pela elaboração do PCCR da Saúde.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/2/02_-_dinamilton_casa_de_farinha_movel.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/2/02_-_dinamilton_casa_de_farinha_movel.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para que seja adquirida uma Casa de Farinha Móvel para atender a demanda dos pequenos produtores de Abreulândia.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>Mônica Pereira de Figueiredo</t>
-[...2 lines deleted...]
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/3/03_-_monica_praca_aurelio_gomes_reforma.pdf</t>
+    <t>Mônica Pereira de Figueiredo Narciso</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/3/03_-_monica_praca_aurelio_gomes_reforma.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para que seja realizada a reforma da Praça Aurélio Gomes na entrada deste município.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>Mônica Pereira de Figueiredo, Maria Laurinda Inácio de Sousa</t>
-[...2 lines deleted...]
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/4/04_-_monica_e_laurinda_cameras.pdf</t>
+    <t>Mônica Pereira de Figueiredo Narciso, Maria Laurinda Inácio de Sousa</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/4/04_-_monica_e_laurinda_cameras.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para que sejam instaladas câmeras de segurança nas vias, praças e órgãos públicos de Abreulândia.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Raimundo Nonato Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/5/05_-_nonatim_tapa-buraco.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/5/05_-_nonatim_tapa-buraco.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para que seja ampliado a operação tapa-buracos à todas as ruas e bairros de Abreulândia.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>REGIANE ABREU</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/6/06_-_regiane_lotes_casa.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/6/06_-_regiane_lotes_casa.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para que realize programa para doação de terrenos públicos para famílias de baixa renda de _x000D_
 Abreulândia.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Ednaura Alves Costa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/7/07_-_ednaura_ultrassom.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/7/07_-_ednaura_ultrassom.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de instalação do Laboratório Municipal para realização de exames laboratoriais e ultrassom.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/8/08_-_monica_casa_de_apoio_ao_homem_do_campo.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/8/08_-_monica_casa_de_apoio_ao_homem_do_campo.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para que seja construída a Casa de Apoio ao Homem do Campo.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/9/09_-_monica_iluminacao_monte_sinai.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/9/09_-_monica_iluminacao_monte_sinai.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para instalação e/ou intermediação, perante a Energisa, da construção da rede de iluminação pública do Setor Monte Sinai.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/10/10-_ednaura_bolsa_estudantil_universitaria.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/10/10-_ednaura_bolsa_estudantil_universitaria.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de efetivação do Programa de Bolsa Estudantil Universitária em Abreulândia.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/11/11_-_nonatim_galpao_coberto.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/11/11_-_nonatim_galpao_coberto.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO PARA CONSTRUÇÃO DE GALPÃO PARA ACOMODAR OS VEÍCULOS E MAQUINÁRIOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Maria Laurinda Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/12/12_-_laurinda_ceramica_comunitaria.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/12/12_-_laurinda_ceramica_comunitaria.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para construção de cerâmica comunitária em Abreulândia.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>FRANCISCO DE ASSIS (DIASSIS)</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/13/13_-_diassis_estrada_vicinal_e_bueiro.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/13/13_-_diassis_estrada_vicinal_e_bueiro.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE RECUPERAÇÃO DE ESTRADA VICINAL E CONSTRUÇÃO DE BUEIROS NO TRECHO QUE DA ACESSO A FAZENDA TOP 10.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/14/14-_dinamilton_ponto_grotao.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/14/14-_dinamilton_ponto_grotao.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para que seja construída uma nova ponte sobre o Córrego Grotão na propriedade do senhor João Nascimento.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Leoman Batista Medrado Palhares</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/15/15-_leoman_iluminacao_led.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/15/15-_leoman_iluminacao_led.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para que seja implantada iluminação de LED na Avenida João Francisco de Abreu e entrada da cidade sentindo Divinópolis.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para que seja realizada a revitalização do canteiro central das principais avenidas do município, incluindo arborização e jardinagem.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/17/17_-_regiane_ampliacao_bueiro.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/17/17_-_regiane_ampliacao_bueiro.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para ampliação do bueiro construído na Rua Tancredo Neves.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/18/18_-_nonatim_portal.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/18/18_-_nonatim_portal.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO PARA CONSTRUÇÃO DE PORTAL DE ENTRADA NO MUNICÍPIO DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/19/19_-_dinamilton_encascalhamento.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/19/19_-_dinamilton_encascalhamento.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para que seja realizado o encascalhamento de estrada no trecho de 800m que dá acesso a propriedade do senhor Cleber de Oliveira Barcellos.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>EDILSON NEGREIROS</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/20/20_-_edilson_policia_militar.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/20/20_-_edilson_policia_militar.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE RETORNO IMEDIATO DO FUNCIONAMENTO E IMPLANTAÇÃO DA CASA DE APOIO A POLICIA MILITAR DO MUNICÍPIO DE ABREULÂNDIA – TO</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/21/21_-_edilson_policia_civil.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/21/21_-_edilson_policia_civil.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO QUE INTERMEDIE, JUNTO AO GOVERNO DO ESTADO, O ATENDIMENTO DA COMUNIDADE DE ABREULÂNDIA PELA POLÍCIA CIVIL NESTE MUNICÍPIO OU EM DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/22/22_-_laurinda_refis.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/22/22_-_laurinda_refis.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para elaboração de projeto que cria programa para recuperação de Créditos Fiscais - REFIS Municipal.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/23/23_-_monica_cascalhamento_e_estrada_vicinal.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/23/23_-_monica_cascalhamento_e_estrada_vicinal.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de abertura e cascalhamento de estradas vicinais que dão acesso às propriedades dos senhores Aroldo Rodrigues de Souza e Hermínio Nascimento.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/24/24_-_monica_cascalhamento_e_estrada_vicinal_2.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/24/24_-_monica_cascalhamento_e_estrada_vicinal_2.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de abertura e cascalhamento de estrada vicinal que dá acesso à propriedade rural do senhor Manoel _x000D_
 Wanderley Nonato (Manezim).</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/25/25_-_monica_casa_do_idoso.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/25/25_-_monica_casa_do_idoso.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de construção da Casa do Idoso de Abreulândia.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/26/26_-_monica_placas_dois_irmaos_e_araguacema.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/26/26_-_monica_placas_dois_irmaos_e_araguacema.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de implantação de sinalização vertical de trânsito indicando as cidades de Abreulândia e Dois Irmãos.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/27/27_-_monica_sinalizacao_quebra-molas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/27/27_-_monica_sinalizacao_quebra-molas.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de implantação de sinalização vertical e horizontal de trânsito indicando todos os quebra-molas do município.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/28/28_-_monica_recursos_tecnologico_educacao.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/28/28_-_monica_recursos_tecnologico_educacao.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de intermediação via Governo Estadual e Federal para implantação de políticas públicas destinadas a modernização dos recursos tecnológicos ofertados aos profissionais da educação municipal que estejam em sala de aula.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/29/29_-_ednaura_diario_oficial.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/29/29_-_ednaura_diario_oficial.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de implantação do Diário Oficial do Município.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/30/30_-_leoman_trevo_miranorte_dois_irmaos.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/30/30_-_leoman_trevo_miranorte_dois_irmaos.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de repaginação e abertura do trevo sentido Dois Irmãos e Miranorte.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/31/31_-_regiane_cobertura_patio_pequeno_principe.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/31/31_-_regiane_cobertura_patio_pequeno_principe.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE CONSTRUÇÃO DE COBERTURA NO PÁTIO DA CRECHE PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/32/32_-_regiane_contratacao_pedreiros.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/32/32_-_regiane_contratacao_pedreiros.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para que sejam contratados 2 pedreiros para auxiliar a população na construção de suas casas.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/33/33_-_nonatim_ponte_iron.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/33/33_-_nonatim_ponte_iron.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO PARA CONSTRUÇÃO DE PONTE SOBRE O CÓRREGO NAJÁ NA ANTIGA PROPRIEDADE DO SR. IRON.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/34/34_diassis_concurso.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/34/34_diassis_concurso.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO PARA REALIZAÇÃO DE CONCURSO PÚBLICO DO QUADRO GERAL, SAÚDE E EDUCAÇÃO.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/35/35_diassis_quebra-molas_acesso_cidade.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/35/35_diassis_quebra-molas_acesso_cidade.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE GESTÃO JUNTO A AGETO PARA A INSTALAÇÃO DE QUEBRA-MOLAS NA RODOVIA ESTADUAL TO-164 NO ACESSO DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/36/36_diassis_distribuicao_mascara_e_alcool_em_gel.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/36/36_diassis_distribuicao_mascara_e_alcool_em_gel.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE DISTRIBUIÇÃO DE MÁSCARAS E ÁLCOOL EM GEL ÀS FAMÍLIAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/37/37_diassis_iluminacao_praca.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/37/37_diassis_iluminacao_praca.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE REPOSIÇÃO DE LÂMPADAS NA PRAÇA AURÉLIO GOMES.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/38/38_-_dinamilton_horta_comunitaria.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/38/38_-_dinamilton_horta_comunitaria.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação para implantação de horta comunitária no município.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/39/39_-_dinamilton_estrada_sr_ercilio.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/39/39_-_dinamilton_estrada_sr_ercilio.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE RECUPERAÇÃO DE ESTRADA VICINAL COM PATROLAMENTO E ENCASCALHAMENTO DE TRECHOS MAIS CRÍTICOS NA SAÍDA DA TO-164 ATÉ A FAZENDA DO SR. ERCÍLIO.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/40/40_-_monica_cascalhamento_e_estrada_vicinal_3.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/40/40_-_monica_cascalhamento_e_estrada_vicinal_3.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE PATROLAMENTO E CASCALHAMENTO DE ESTRADA VICINAL QUE DÁ ACESSO ÀS PROPRIEDADES RURAIS DOS MUNÍCIPES SR. JOÃO DO VALE, SR. MARÇAL, SR. EDUARDO, SR. CÁSSIO ABREU E DA PROFESSORA LENE, ENTRE OUTROS.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/41/41_-_monica_cascalhamento_e_estrada_vicinal_4.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/41/41_-_monica_cascalhamento_e_estrada_vicinal_4.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de patrolamento e cascalhamento de estrada vicinal saindo da TO-164, após a água boa, dando acesso as propriedades dos munícipes Sr. Cícero Cunha, Sr. Adeladio Cabral, Sr. Wilson, Dr. Alessandro, Dona Marly, Sr. João Abreu entre outros.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/42/42_-_monica_cascalhamento_e_estrada_vicinal_5.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/42/42_-_monica_cascalhamento_e_estrada_vicinal_5.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE PATROLAMENTO E CASCALHAMENTO DE ESTRADA VICINAL DO SR. DIOMAR, LIGANDO AO SR. LUIS DA MATEIRA, DANDO CONTINUIDADE ATÉ A FAZENDA SÃO JOSÉ.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/43/43_-_regiane_informacoes_meio_ambiente.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/43/43_-_regiane_informacoes_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de informações sobre os recursos repassados mensalmente à este Município através do ICMS Ecológico, bem como a relação de servidores da Secretaria de Meio Ambiente com os cargos, funções e remunerações, além dos valores pagos à empresa que _x000D_
 realizou a poda das árvores em Abreulândia.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Dinamilton da Silva Lima, Ednaura Alves Costa, Maria Laurinda Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/44/44_-_conjunto_extensao_saude_baronesa.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/44/44_-_conjunto_extensao_saude_baronesa.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO EXTENSÃO DE UNIDADE BÁSICA DE SAÚDE PARA O P.A. BARONESA.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/45/45_-_conjunto_lavoura_comunitaria.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/45/45_-_conjunto_lavoura_comunitaria.pdf</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/46/46_-_conjunto_extensao_saude_outra_assentamento.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/46/46_-_conjunto_extensao_saude_outra_assentamento.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO EXTENSÃO DE UNIDADE BÁSICA DE SAÚDE PARA O P.A. VARGEM DOURADA.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/47/47_-_nonatim_nome_ruas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/47/47_-_nonatim_nome_ruas.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE INCLUSÃO DO NOME DE PIONEIROS E SAUDOSOS MORADORES DE ABREULÂNDIA EM RUAS E AVENIDAS DA CIDADE.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/48/48_-_nonatim_numeracao_ruas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/48/48_-_nonatim_numeracao_ruas.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE INCLUSÃO DE NUMERAÇÃO EM TODAS AS CASAS E LOGRADOUROS PÚBLICOS DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/49/49_-_leoman_ambulancia.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/49/49_-_leoman_ambulancia.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO PARA QUE SEJA ADQUIRIDA UMA NOVA AMBULÂNCIA PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/50/50-_nonatim_cobertura_escola_julio_pinheiro.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/50/50-_nonatim_cobertura_escola_julio_pinheiro.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO PARA CONSTRUÇÃO DE COBERTURA PARA ABRIGAR OS ÔNIBUS NA ESCOLA JÚLIO PINHEIRO.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/51/51-_nonatim_recuperacao_de_todas_as_vicinais.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/51/51-_nonatim_recuperacao_de_todas_as_vicinais.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO PATROLAMENTO E CONSERVAÇÃO DAS ESTRADAS VICINAIS DE TODO O MUNICÍPIO.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO PARA DISPONIBILIZAÇÃO DE VEÍCULO PARA TRANSPORTAR OS MORADORES DOS ASSENTAMENTOS _x000D_
 BARREIRINHO, BARONESA E VARGEM DOURADA.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/53/53_-_dinamilton_recuperacao_estrada_nivaldo_preto.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/53/53_-_dinamilton_recuperacao_estrada_nivaldo_preto.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE PATROLAMENTO E CASCALHAMENTO DE 5KM DA ESTRADA QUE DÁ ACESSO, ENTRE OUTRAS, A FAZENDA ALTO BONITO DO SR. NIVALDO LEMOS DE ALMEIDA.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/54/54_-_dinamilton_bueiro_fazenda.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/54/54_-_dinamilton_bueiro_fazenda.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO PARA CONSTRUÇÃO DE UM BUEIRO NA FAZENDA SÃO BENTO DE PROPRIEDADE DO SR. ALBERTO WANDERLEY FILHO, QUE DÁ ACESSO AO P.A. VARGEM DOURADA E OUTRAS PROPRIEDADES RURAIS</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/55/55_-_edilson_epi_garis.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/55/55_-_edilson_epi_garis.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO PARA A DISPONIBILIZAÇÃO EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL AOS GARIS DO MUNICÍPIO VISANDO O ENFRENTAMENTO DA COVID-19.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/56/56_-_edilson_estrada_carlos_maricato.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/56/56_-_edilson_estrada_carlos_maricato.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE PATROLAMENTO E CASCALHAMENTO DA ESTRADA TO-348 ATÉ A SAÍDA DO MUNICÍPIO NA PONTE DO RIO CAIAPÓ, PASSANDO PELA FAZENDA PEDRA UMA DO SR. CARLOS MARICATO.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/57/57_-_edilson_estrada_moises_moraes.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/57/57_-_edilson_estrada_moises_moraes.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE PATROLAMENTO E CASCALHAMENTO DA ESTRADA VICINAL DE ACESSO A FAZENDA BOA VIDA DO SR. MOISÉS MORAES ALVES GOMES.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/58/58-_monica_estradas_vicinais_assentamentos.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/58/58-_monica_estradas_vicinais_assentamentos.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE PATROLAMENTO E CASCALHAMENTO DE TODAS AS ESTRADAS VICINAIS PERTENCENTES AOS ASSENTAMENTOS BARONESA E BARREIRINHO.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/59/59_-_monica_maquina_perfuratriz.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/59/59_-_monica_maquina_perfuratriz.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE BUSCA DE RECURSOS PARA AQUISIÇÃO DE UMA MÁQUINA PERFURATRIZ PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/60/60_-_laurinda_casa_de_velorio.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/60/60_-_laurinda_casa_de_velorio.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO PARA CONSTRUÇÃO DA CASA DE VELÓRIO DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/61/61_-_laurinda_estradas_vicinais.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/61/61_-_laurinda_estradas_vicinais.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE PATROLAMENTO E CASCALHAMENTO DE ESTRADAS VICINAIS NA REGIÃO DA SERRA PARA ATENDER AS FAZENDAS SÃO DOMINGOS DO SENHOR (JÂNIO), ALTO MONTE (AGUINALDO), SÃO JOSÉ DO SENHOR (MOACIR), SÃO RAIMUNDA DO SENHOR (RAIMUNDO NOGUEIRA) E AQUELA DE PROPRIDADE DO SR. AGUIOVALDO.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/62/62_-_nonatim_cronograma_cacimbas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/62/62_-_nonatim_cronograma_cacimbas.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE REALIZAÇÃO DE CRONOGRAMA PRÉVIO PARA CONSTRUÇÃO DE CACIMBAS NO PERÍODO DA ESTIAGEM</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Raimundo Nonato Inácio de Sousa, Ednaura Alves Costa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/63/63_-_nonatim_e_ednaura_cronograma_rocas_comunitarias.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/63/63_-_nonatim_e_ednaura_cronograma_rocas_comunitarias.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE REALIZAÇÃO DE CRONOGRAMA PARA REALIZAÇÃO DE ROÇAS COMUNITÁRIAS.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/64/64_-_leoman_casa_apoio_professores_baronesa.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/64/64_-_leoman_casa_apoio_professores_baronesa.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE REFORMA DA CASA DE APOIO AOS PROFESSORES DO P.A. BARONESA.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Leoman Batista Medrado Palhares, REGIANE ABREU</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/65/65_-_conjunto_leoman_regiane_campo_society.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/65/65_-_conjunto_leoman_regiane_campo_society.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE CONSTRUÇÃO DE CAMPO SOCIETY.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/66/66_-_monica_brigada_incendio.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/66/66_-_monica_brigada_incendio.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE CRIAÇÃO DE BRIGADA CONTRA INCÊNDIOS.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/67/67_-_monica_isencao_iptu.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/67/67_-_monica_isencao_iptu.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE ISENÇÃO DO IPTU DOS ANOS DE 2020 E 2021 COM BASE NOS IMPACTOS DA CRISE DA COVID-19.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/68/68_-_monica_cestas_basicas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/68/68_-_monica_cestas_basicas.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE CONCESSÃO DE CESTAS BÁSICAS ÀS FAMÍLIAS CARENTES.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/69/69_-_monica_mata-burro.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/69/69_-_monica_mata-burro.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE CONSTRUÇÃO DE MATA-BURRO NA CHÁCARA VISTA ALEGRE DE PROPRIEDADE DO SENHOR LUIZ CLÁUDIO PALHARES.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/70/70_-_monica_recuperacao_de_estradas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/70/70_-_monica_recuperacao_de_estradas.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de abertura, levantamento e encascalhamento de estradas vicinais saindo da TO_x0002_164 passando pelas Fazendas São Francisco do Sr. Edmundo Abreu; Macaúba da Sra. Helena Abreu; Alto Alegre do Sr. Josino Abreu; Brejinho – antiga fazenda do falecido Joaquim Pinheiro; Cabeceira do Grotão – que era do Dr. Anísio e Fazenda Modelo, concluindo na TO-348.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/71/71_-_regiane_casa_corte_e_costura.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/71/71_-_regiane_casa_corte_e_costura.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de criação da “Casa de Corte e Costura” para ofertar cursos às mulheres de baixa renda.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/72/75_-_nonatim_bueiro_eixao_planta_brasil.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/72/75_-_nonatim_bueiro_eixao_planta_brasil.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO PARA INCLUSÃO DO NOME DE GERALDO BENÍCIO LEITE NO CLUBE RECREATIVO DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/73/73_-_laurinda_reforma_e_ampliacao_ubs.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/73/73_-_laurinda_reforma_e_ampliacao_ubs.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE REFORMA E AMPLIAÇÃO DA UNIDADE BÁSICA DE SAÚDE JOÃO BATISTA DE FRANÇA.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/74/74_-_dinamilton_retorno_abono_saude_covid.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/74/74_-_dinamilton_retorno_abono_saude_covid.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO PARA RETORNO DE ABONO AOS PROFISSIONAIS DE SAÚDE QUE ESTÃO NA LINHA DE FRENTE DA PANDEMIA DA COVID-19.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/75/75_-_nonatim_bueiro_eixao_planta_brasil.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/75/75_-_nonatim_bueiro_eixao_planta_brasil.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE CONSTRUÇÃO DE BUEIROS NO EIXÃO DO PROJETO PLANTA BRASIL.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/76/76_-_ednaura_programa_de_rocas_6h.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/76/76_-_ednaura_programa_de_rocas_6h.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE AMPLIAÇÃO DO PROGRAMA DAS ROÇAS OFERECIDO AO PRODUTOR RURAL DE 4H PARA 6H EM SERVIÇOS DE MÁQUINAS POR PROPRIEDADE.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/77/77_-_ednaura_programa_feira_forte.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/77/77_-_ednaura_programa_feira_forte.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE IMPLATAÇÃO DO PROGRAMA “FEIRA FORTE” PARA FOMENTAR A AGRICULTURA FAMILIAR E GERAÇÃO DE RENDA.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/78/78_-_dinamilton_carro_conselho_tutelar.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/78/78_-_dinamilton_carro_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO PARA AQUISIÇÃO O DESTINAÇÃO DE VEÍCULO EXCLUSIVO COM MOTORISTA PARA ATENDER AS DEMANDAS DO CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/79/79_-_monica_meio_fio.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/79/79_-_monica_meio_fio.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de recuperação e pintura de meios-fios.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/80/80_-_monica_nucleo_da_mulher.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/80/80_-_monica_nucleo_da_mulher.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de criação e instalação do Núcleo da Mulher para acolhe-las e preserva-las de violência doméstica, maus-tratos e combate ao feminicídio.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>REGIANE ABREU, Leoman Batista Medrado Palhares</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/81/81_-_regiane_leoman_cursos.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/81/81_-_regiane_leoman_cursos.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE REALIZAÇÃO DE CURSOS DE PANIFICAÇÃO E CABELEIREIRO.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/82/82_-_monica_casa_atendimento.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/82/82_-_monica_casa_atendimento.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE CONSTRUÇÃO DE CASA DE ATENDIMENTO À PESSOA COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/83/83_-_leoman_construcao_ponte.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/83/83_-_leoman_construcao_ponte.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo solicitação de construção de uma nova ponte sobre o Córrego da Luca na estrada de acesso às Fazendas dos senhores Marça, Cássio Abreu, Genilton e João Vale.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/84/84_-_ednaura_iluminacao_dupla_led.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/84/84_-_ednaura_iluminacao_dupla_led.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO IMPLANTAÇÃO DE ILUMINAÇÃO DUPLA EM LED NA VIA DE ENTRADA PELA TO-164 E NA AVENIDA JOÃO FRANCISCO DE ABREU.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/85/85_-_monica_energia_solar.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/85/85_-_monica_energia_solar.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE IMPLEMENTAÇÃO DE ENERGIA SOLAR PARA ATENDER OS ÓRGÃOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/86/86_-_regiane_sala_vereador_computador_etc.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/86/86_-_regiane_sala_vereador_computador_etc.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Legislativo SOLICITAÇÃO DE AQUISIÇÃO DE EQUIPAMENTOS E MOBILIAS PARA A SALA DO VEREADOR.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/87/87_-_nonatim_construcao_tanques_peixes.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/87/87_-_nonatim_construcao_tanques_peixes.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE CONSTRUÇÃO DE TANQUES DE PEIXES PARA CRIADORES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/88/88_-_monica_sinalizacao_transito.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/88/88_-_monica_sinalizacao_transito.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE AMPLIAÇÃO DA SINALIZAÇÃO DE TRÂNSITO EM ABREULÂNDIA, EM ESPECIAL NAS PRINCIPAIS AVENIDAS.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/89/89-_dinamilton_abertura_estrada.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/89/89-_dinamilton_abertura_estrada.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE ABERTURA DE ESTRADA COM ACESSO À PROPRIEDADE RURAL DA SENHORA MARCALINA BARBOSA DA SILVA NO ASSENTAMENTO VARGEM DOURADA.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/90/90_-_monica_equipamentos_saude.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/90/90_-_monica_equipamentos_saude.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE AQUISIÇÃO DE NOVOS EQUIPAMENTOS E MATERIAIS PERMANENTES PARA A UBS JOÃO BATISTA DE FRANÇA.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/91/91_-_monica_caminhao_pipa_molhar_ruas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/91/91_-_monica_caminhao_pipa_molhar_ruas.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE LOCAÇÃO E DISPONIBILIZAÇÃO DE CAMINHÃO-PIPA PARA MOLHAR RUAS SEM PAVIMENTAÇÃO _x000D_
 ASFÁLTICA.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/92/92_-_nonatim_raspagem_zona_rural.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/92/92_-_nonatim_raspagem_zona_rural.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DA RASPAGEM DA TO-080 DANDO ACESSO AOS FAZENDEIROS E ASSENTADOS DO PA BARONESA ATÉ O BARREIRINHO.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/93/93_-_nonatim_mata_burro_lixao.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/93/93_-_nonatim_mata_burro_lixao.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo CONSTRUÇÃO DE MATA-BURROS NA REGIÃO DO LIXÃO, ONDE DÁ ACESSO AOS CHACAREIROS TAIS COMO SEBASTIÃO CARLOS, ADELSON, ENTRE OUTROS.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/94/94_-_regiane_lixeiras_grandes.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/94/94_-_regiane_lixeiras_grandes.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Legislativo SOLICITAÇÃO PARA AQUISIÇÃO E INSTALAÇÃO DE LIXEIRAS GRANDES NAS CALÇADAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/95/95_-_monica_estrada_e_cascalhamento_planta_brasil.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/95/95_-_monica_estrada_e_cascalhamento_planta_brasil.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE ABERTURA E ENCASCALHAMENTO DE ESTRADAS NO PROJETO PLANTA BRASIL.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/96/96_-_edilson_rebaixamento_ladeiras_to_348_araguacema.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/96/96_-_edilson_rebaixamento_ladeiras_to_348_araguacema.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE REBAIXAMENTO DAS LADEIRAS NA TO-348, ESTRADA DE CHÃO SENTIDO ARAGUACEMA, PARA MELHOR ESCOAMENTO DA PRODUÇÃO DE SOJA E MILHO.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/97/97_-_edilson_reforma_de_ponte_e_bueiro.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/97/97_-_edilson_reforma_de_ponte_e_bueiro.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE REFORMA DA PONTE DO CÓRREGO OLERIA QUE DÁ ACESSO ÀS CHÁCARAS DOS SENHORES MENDONÇA, MARCONDES, PRETO, GILVAN, IRMÃO ANTÔNIO, JOSÉ ROBERO SEVERO E ADILON.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/98/98_-_monica_estrada_e_cascalhamento_vargem_dourada.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/98/98_-_monica_estrada_e_cascalhamento_vargem_dourada.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE ABERTURA, PATROLAMENTO E ENCASCALHAMENTO DE ESTRADAS NO P.A. VARGEM DOURADA.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/99/99_-_ednaura_nova_ubs.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/99/99_-_ednaura_nova_ubs.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE CONSTRUÇÃO DE UMA NOVA UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/100/100_-_ednaura_escola_municipal.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/100/100_-_ednaura_escola_municipal.pdf</t>
   </si>
   <si>
     <t>Encaminhada ao Poder Executivo SOLICITAÇÃO DE CONSTRUÇÃO DE UMA NOVA ESCOLA MUNICIPAL NA ZONA URBANA.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/101/101_-_monica.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/101/101_-_monica.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ENVIO AO LEGISLATIVO DA CÓPIA DO RELATÓRIO DE TRANSIÇÃO REALIZADO PELA GESTÃO ANTERIOR E A NOVA QUE ASSUMIU O _x000D_
 MUNICÍPIO EM 2021.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/102/102_-_monica_construcao_cras.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/102/102_-_monica_construcao_cras.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE AGILIDADE NA CONSTRUÇÃO DO NOVO PRÉDIO DO CRAS.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/103/103_-_leoman_revitalizacao_quadra_areia.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/103/103_-_leoman_revitalizacao_quadra_areia.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REVITALIZAÇÃO DA QUADRA DE VÔLEI DE AREIA DO MUNICÍPIO COM NOVA ILUMINAÇÃO, PORTÃO, FAIXAS DE DEMARCAÇÃO E CAIXOTE PARA RESERVA DE AREIA.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/104/104_-_regiane_rede_de_esgoto.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/104/104_-_regiane_rede_de_esgoto.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE REDE DE ESGOTO NAS VIAS PÚBLICAS.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/105/105_-_regiane_pavimentacao_emendas_monte_sinai.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/105/105_-_regiane_pavimentacao_emendas_monte_sinai.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA DAS RUAS DO SETOR MONTE SINAI.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/106/106_-_regiane_homenagem_pioneira.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/106/106_-_regiane_homenagem_pioneira.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA INCLUSÃO DO NOME DE VIRGILINA LUCAS MAGALHÃES NA ACADEMIA DO IDOSO ABREULÂNDIA.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/107/107_-_regiane_transporte_universitario.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/107/107_-_regiane_transporte_universitario.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE APOIO NO TRANSPORTE UNIVERSITÁRIO DOS ESTUDANTES LOCAIS QUE ESTUDAM EM PARAÍSO DO TOCANTINS.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/108/108_-_dinamilton_recuperacao_estrada_caiapo.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/108/108_-_dinamilton_recuperacao_estrada_caiapo.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PATROLAMENTO E CASCALHAMENTO DE 3KM DA ESTRADA VICINAL SAINDO DA TO-446 ATÉ O RIO CAIAPÓ NA FAZENDA DO SENHOR JOSÉ SOBRINHO LOPES DE SOUSA.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/109/109_-_dinamilton_abertura_de_estrada.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/109/109_-_dinamilton_abertura_de_estrada.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ABERTURA DE ESTRADA COM ACESSO AO EIXÃO NA PROPRIEDADE RURAL DA SENHORA ROSA GOMES FEITOSA NO ASSENTAMENTO VARGEM DOURADA.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/110/110_-_ednaura_reducao_30h_saude.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/110/110_-_ednaura_reducao_30h_saude.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO IMPLANTAÇÃO DE CARGA HORÁRIA DE 30H PARA PROFISSIONAIS DA SAÚDE DE ABREULÂNDIA</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/111/111_-_ednaura_abertura_e_patrolamento.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/111/111_-_ednaura_abertura_e_patrolamento.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ABERTURA E PATROLAMENTO DA ESTRADA QUE LIGA O ASSENTAMENTO VARGEM DOURADA AO BARONESA, PASSANDO PELA _x000D_
 FAZENDA GROTÃO.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/112/112_-_monica_ponte_faz_parana.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/112/112_-_monica_ponte_faz_parana.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UMA PONTE LIGANDO O MUNICÍPIO DE ABREULANDIA A DIVINÓPOLIS, SAINDO DA FAZENDA PARANÁ.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/113/113_-_monica_primeiro_emprego.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/113/113_-_monica_primeiro_emprego.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE IMPLANTAÇÃO DO PROGRAMA “MEU PRIMEIRO EMPREGO” PARA INCENTIVAR A CONTRATAÇÃO DE JOVENS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/114/114_-_monica_limpeza_lixo_corrego.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/114/114_-_monica_limpeza_lixo_corrego.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE LIMPEZA DO LIXO DOMÉSTICO NAS MARGENS DO CÓRREGO QUE CRUZA A AVENIDA MARIANO PEREIRA.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/115/115_-_monica_canalizacao_corrego.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/115/115_-_monica_canalizacao_corrego.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CANALIZAÇÃO DE NASCENTE NO LOTE DO SENHOR GILMAR ANDRADE ATÉ A CHÁCARA DO SENHOR LOURENÇO.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/116/116_-_ednaura_treinamento_esporte.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/116/116_-_ednaura_treinamento_esporte.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA REALIZAÇÃO DE TREINAMENTOS ESPORTIVOS NO PERÍODO MATUTINO E VESPERTINO E ORGANIZAÇÃO DE TORNEIOS E ESPORTIVOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/117/117_-_ednaura_reforma_praca_triangulo.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/117/117_-_ednaura_reforma_praca_triangulo.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REFORMA NA PRAÇA TRIÂNGULO, LOCALIZADA NA RUA GERMINIANO CUNHA COM GETÚLIO VARGAS.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/118/118_-_monica_coletoria_municipal.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/118/118_-_monica_coletoria_municipal.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REFORMA DA SALA E AQUISIÇÃO DE NOVOS EQUIPAMENTOS PARA A COLETORIA MUNICIPAL.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/119/119_-_diassis_reforma_estadio_mariano_pereira_campo.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/119/119_-_diassis_reforma_estadio_mariano_pereira_campo.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REFORMA NO ESTÁDIO MARIANO PEREIRA, COM NOVOS VESTIÁRIOS, BANHEIROS E INSTALAÇÃO DE BANCOS OU CONSTRUÇÃO DE ARQUIBANCADAS AO REDOR DO GRAMADO, QUE TAMBÉM NECESSITA DE REPAROS.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/120/120_-_ednaura_capacitacao_motivacao_professores.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/120/120_-_ednaura_capacitacao_motivacao_professores.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REALIZAÇÃO DE CAPACITAÇÃO COM MOMENTO DEVOCIONAL E MOTIVACIONAL COM PROFESSORES NA RETOMADA DAS AULAS _x000D_
 PRESENCIAIS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/121/121_-_laurinda_quebra-molas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/121/121_-_laurinda_quebra-molas.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE QUEBRA-MOLAS NA AVENIDA POUSO ALTO ENTRE AS RUAS 7 DE SETEMBRO E PERNAMBUCO NAS PROXIMIDADES DO COMERCIAL SANTOS.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/122/122_-_laurinda_abertura_estradas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/122/122_-_laurinda_abertura_estradas.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ABERTURA DE ESTRADA SAINDO DA PROPRIEDADE DO SR. MELQUÍADES ATÉ A DO SR. BENOZAN.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/123/123_-_monica_cafe_da_manha_alunos.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/123/123_-_monica_cafe_da_manha_alunos.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE FORNECIMENTO DE CAFÉ DA MANHA PARA TODOS OS ALUNOS MATRICULADOS NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/124/124_-_dinamilton_patrolamento_cascalhamento.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/124/124_-_dinamilton_patrolamento_cascalhamento.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PATROLAMENTO E CASCALHAMENTO SAINDO DA TO-164, PASSANDO PELA PROPRIEDADE DO SENHOR THIAGO ATÉ A DO SENHOR JOSÉ MARIA PORTO SARAIVA.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/125/125_-_monica_recuperacao_estrada_vicinal.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/125/125_-_monica_recuperacao_estrada_vicinal.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PATROLAMENTO E CASCALHAMENTO DE ESTRADA VICINAL QUE DÁ ACESSO A FAZENDA BOA ESPERANÇA DA SENHORA IDELVA PEREIRA DA SILVA.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/126/126_-_nonatim_asfalto_entrada_cidade.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/126/126_-_nonatim_asfalto_entrada_cidade.pdf</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/127/127_-_monica_recuperacao_estrada_vicinal_2.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/127/127_-_monica_recuperacao_estrada_vicinal_2.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PATROLAMENTO E CASCALHAMENTO DE ESTRADA VICINAL QUE DÁ ACESSO A FAZENDA DO SENHOR DEMOSTENES PEREIRA DE ARAÚJO.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/128/128_-_regiane_raspagem_estrada.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/128/128_-_regiane_raspagem_estrada.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DA RASPAGEM DA ESTRADA DA FAZENDA DO SENHOR JULIMAR MARTINS BARROS NO ASSENTAMENTO BARREIRINHO.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/129/129_-_laurinda_capela_cemiterio.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/129/129_-_laurinda_capela_cemiterio.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UMA CAPELA NO CEMITÉRIO LOCAL.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/130/130_-_regiane_praca_monte_sinai.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/130/130_-_regiane_praca_monte_sinai.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DA CONSTRUÇÃO DE UMA PRAÇA NOS SETOR MONTE SINAI.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/131/131_-_ednaura_construcao_nova_quadra_esportiva.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/131/131_-_ednaura_construcao_nova_quadra_esportiva.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE NOVA QUADRA POLIESPORTIVA PARA ATENDER A SOCIEDADE EM GERAL.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/132/132_-_monica_dois_quebra_molas_saida_araguacema.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/132/132_-_monica_dois_quebra_molas_saida_araguacema.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE DOIS QUEBRA-MOLAS NA ENTRADA DA CIDADE LOCALIZADO NA AVENIDA JOÃO FRANCISCO DE ABREU, SAÍDA PARA ARAGUACEMA</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/133/133_-_nonatim_regularizacao_chacaras_urbanas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/133/133_-_nonatim_regularizacao_chacaras_urbanas.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REGULARIZAÇÃO DA POSSE DOS CHACAREIROS QUE ATUAM EM IMÓVEIS LOCALIZADOS NO PERÍMETRO URBANO DE ABREULÂNDIA</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/134/134_-_monica_recuperacao_estrada_vicinal_3.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/134/134_-_monica_recuperacao_estrada_vicinal_3.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECUPERAÇÃO, PATROLAMENTO E CASCALHAMENTO DE ESTRADA VICINAL QUE DÁ ACESSO A FAZENDA CERCADINHO DE PROPRIEDADE DO SENHOR MARTIM DIAS LIMA.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/135/135_-_ednaura_abertura_casa_corte_costura.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/135/135_-_ednaura_abertura_casa_corte_costura.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INAUGURAÇÃO E ABERTURA AO PÚBLICO DA CASA DE CORTE E COSTURA DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/136/136_-_laurinda_centro_idoso.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/136/136_-_laurinda_centro_idoso.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE CENTRO DE CONVIVÊNCIA DO IDOSO EM ABREULÂNDIA.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/137/137_-_monica_dois_bueiros_estrada_vicinal.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/137/137_-_monica_dois_bueiros_estrada_vicinal.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE DOIS BUEIROS NA ESTRADA VICINAL DA FAZENDA DO SENHOR CLEO, SAÍDA DA TO-348.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/138/138_-_monica_materiais_esportivos_e_transporte.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/138/138_-_monica_materiais_esportivos_e_transporte.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE AQUISIÇÃO DE MATERIAL ESPORTIVO PARA TODAS AS ESCOLAS MUNICIPAIS E CONCESSAO DE TRANPORTE PARA TREINO E _x000D_
 COMPETIÇÕES.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/139/139_-_nonatim_placa_divinopolis.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/139/139_-_nonatim_placa_divinopolis.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE IMPLANTAÇÃO DE SINALIZAÇÃO VERTICAL DE TRÂNSITO INDICANDO A SAÍDA PARA CIDADE DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/140/140_-_dinamilton_reforma_mata-burro.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/140/140_-_dinamilton_reforma_mata-burro.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REFORMA DE QUATRO MATA-BURROS SAINDO DA TO-164 QUE DÁ ACESSO À FAZENDA DO SENHOR MANUELITO, CELIVÂNIA E CLÉBER.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Leoman Batista Medrado Palhares, FRANCISCO DE ASSIS (DIASSIS)</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/141/141_-_leoman_e_diassis_construcao_galeria_corrego.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/141/141_-_leoman_e_diassis_construcao_galeria_corrego.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE GALERIA NO CÓRREGO OLERIA NA ESTRADA QUE DÁ ACESSO À FAZENDA DO SENHOR JOÃO VALE, DONA GENI, CÁSSIO ABREU, MARÇALE WILSON.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/142/142_-_ednaura_casamento_comunitario.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/142/142_-_ednaura_casamento_comunitario.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA REALIZAÇÃO DE CASAMENTO COMUNITÁRIO NO MUNICÍPIO DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Dinamilton da Silva Lima, Raimundo Nonato Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/160/143_-_dinamilton_e_nonatim_dia_do_evangelico.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/160/143_-_dinamilton_e_nonatim_dia_do_evangelico.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CRIAÇÃO DO DIA DO EVANGÉLICO EM 30 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/161/144_-_dinamilton_patrolamento_cascalhamento.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/161/144_-_dinamilton_patrolamento_cascalhamento.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PATROLAMNETO E CASCALHAMENTO DE ESTRADA QUE DA ACESSO A MINA D’ÁGUA SAINDO DA TO-348 ATÉ RESIDÊNCIA DO SR. JORGE AIRES.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>EDILSON NEGREIROS, Mônica Pereira de Figueiredo</t>
-[...2 lines deleted...]
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/163/146_-_edilson_monica_recuperacao_rota_escolar.pdf</t>
+    <t>EDILSON NEGREIROS, Mônica Pereira de Figueiredo Narciso</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/163/146_-_edilson_monica_recuperacao_rota_escolar.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECUPERAÇÃO DAS ROTAS ESCOLARES, SAINDO DA TO-164 ATÉ A FAZENDA NOSSA SENHORA DO BOM CONSELHO DE _x000D_
 PROPRIEDADE DO SR. SEVERI.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/164/147_-_edilson_monica_recuperacao_rota_escolar_2.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/164/147_-_edilson_monica_recuperacao_rota_escolar_2.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECUPERAÇÃO DE ROTA ESCOLAR ATÉ A FAZENDA 3M DO SR WILSON DO BREJO DO CAMPO.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/165/148_-_edilson_monica_recuperacao_estrada_vicinal.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/165/148_-_edilson_monica_recuperacao_estrada_vicinal.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO RECUPERAÇÃO DE ESTRADA VICINAL QUE DÁ ACESSO A FAZENDA ESPERANÇA DO SR. AGENOR.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/166/149_-_leoman_semana_drogas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/166/149_-_leoman_semana_drogas.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CRIAÇÃO DE SEMANA ANTIDROGAS E IMPLANTAÇÃO DO FUNDO MUNICIPAL DE POLÍTICAS PÚBLICAS SOBRE DROGAS EM ABREULÂNDIA.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/167/150_-_monica_melhoria_iluminacao_publica.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/167/150_-_monica_melhoria_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REPAROS E MELHORIAS NA ILUMINAÇÃO PÚBLICA DA CIDADE.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>Dinamilton da Silva Lima, Mônica Pereira de Figueiredo</t>
-[...2 lines deleted...]
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/168/151_-_dinamilton_monica_contratacao_de_medico.pdf</t>
+    <t>Dinamilton da Silva Lima, Mônica Pereira de Figueiredo Narciso</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/168/151_-_dinamilton_monica_contratacao_de_medico.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONTRATAÇÃO DE MÉDICO CLÍNICO GERAL PARA ATENDER OS MUNICÍPES NA UBS JOÃO BATISTA DE FRANÇA NOS FERIADOS, RECESSOS E FÉRIAS DO MEDICO RESIDENTE.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/169/152_-_monica_viveiro_municipal.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/169/152_-_monica_viveiro_municipal.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UM VIVEIRO DE PLANTAS NATIVAS MUNICIPAL.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/170/153_-_monica_reforma_almoxarifado.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/170/153_-_monica_reforma_almoxarifado.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REFORMA DO ALMOXARIDADO MUNICIPAL INCLUINDO A SALA, ÁREA E BANHEIRO</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/171/154_-_leoman_mata_burro.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/171/154_-_leoman_mata_burro.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE NOVO MATA-BURRO NA DIVISA ENTRE AS FAZENDAS DOS SENHOR MARÇAL E WILSON.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/172/155_-_regiane_recuperacao_asfalto_hidroforte.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/172/155_-_regiane_recuperacao_asfalto_hidroforte.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DA GESTÃO E FISCALIZAÇÃO JUNTO A HIDROFORTE PARA A DEVIDA RECUPERAÇÃO DA MALHA ASFÁLTICA APÓS REPAROS DA _x000D_
 CONCESSIONÁRIA NA REDE DE ÁGUA.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/173/156_-_nonatim_junta_militar.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/173/156_-_nonatim_junta_militar.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INTERMEDIAÇÃO PARA QUE A JUNTA DE SERVIÇO MILITAR SEJA INSTALADA EM ABREULANDIA.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/174/157_-_diassis_gratificacao_garis.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/174/157_-_diassis_gratificacao_garis.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONCESSÃO DE GRATIFICAÇÃO DE R$ 200,00 PRA TODOS OS GARIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/175/158_-_diassis_sala_de_reunioes.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/175/158_-_diassis_sala_de_reunioes.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE AUDITÓRIO PARA REALIZAÇÃO DE PALESTRAS E EVENTOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/143/159_-_leoman_reforma_campo_futebol_z_rural.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/143/159_-_leoman_reforma_campo_futebol_z_rural.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REFORMA GERAL NO CAMPO DE FUTEBOL SOCIETY DA FAZENDA SÃO SEBASTIÃO DO SENHOR CLEOMAR NOGUEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/144/160_-_leoman_ponte_fazenda_carlinho.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/144/160_-_leoman_ponte_fazenda_carlinho.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UMA PONTE SOBRE CÓRREGO PEDRA UNA LOCALIZADA NA FAZENDO PEDRA UNA DE PROPRIEDADE _x000D_
 DO SENHOR CARLINHOS.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/145/161_-_monica_abertura_de_rua.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/145/161_-_monica_abertura_de_rua.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ABERTURA DE RUA PRÓXIMA A QUADRA POLIESPORTIVA.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>REGIANE ABREU, FRANCISCO DE ASSIS (DIASSIS)</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/146/162_-_regiane_diassis_criacao_secretaria_do_esporte.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/146/162_-_regiane_diassis_criacao_secretaria_do_esporte.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CRIAÇÃO DA SECRETARIA MUNICIPAL DE ESPORTE.</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/147/163_-_dinamilton_linha_transporte_abreulandia_-_paraiso.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/147/163_-_dinamilton_linha_transporte_abreulandia_-_paraiso.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INTERMEDIAÇÃO COM O GOVERNO PARA CRIAÇÃO DE LINHA DE TRANSPORTE INTERMUNICIPAL ENTRE ABREULÂNDIA E _x000D_
 PARAÍSO DO TOCANTINS.</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/148/164_-_diassis_iluminacao_natal.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/148/164_-_diassis_iluminacao_natal.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE ILUMINAÇÃO E ENFEITES NATALINOS EM ABREULÂNDIA.</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/149/165_-_diassis_limpeza_quadra_inacabada.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/149/165_-_diassis_limpeza_quadra_inacabada.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DO CANTEIRO DE OBRAS DA QUADRA DE ESPORTES QUE ENCONTRA-SE INACABADA.</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/150/166_-_monica_sinalizacao_e_instalacao_quebra-molas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/150/166_-_monica_sinalizacao_e_instalacao_quebra-molas.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE QUEBRA-MOLAS ENTRE AS RUAS 11 E 7 DE SETEMBRO E SINALIZAÇÃO DE TRÂNSITO.</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/151/167_-_monica_cobertura_passarela_escolas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/151/167_-_monica_cobertura_passarela_escolas.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE COBERTURA NA PASSARELA DA ESCOLA JÚLIO PINHEIRO E DEMAIS UNIDADES DE ENSINO DE ABREULÂNDIA.</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/152/168_-_monica_reforma_mata-burro.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/152/168_-_monica_reforma_mata-burro.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECONSTRUÇÃO DE MATA-BURRO NA ROTA ESCOLAR PARA AS FAZENDAS DO SR. AGENOR, BOM CONSELHO E TRÊS IRMÃOS.</t>
   </si>
   <si>
-    <t>Mônica Pereira de Figueiredo, Dinamilton da Silva Lima, REGIANE ABREU</t>
-[...2 lines deleted...]
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/153/169_-_monica_regiane_dinamilton_reforma_mata-burro.pdf</t>
+    <t>Mônica Pereira de Figueiredo Narciso, Dinamilton da Silva Lima, REGIANE ABREU</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/153/169_-_monica_regiane_dinamilton_reforma_mata-burro.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECONSTRUÇÃO DE MATA-BURRO NA DIVISA ENTRE AS FAZENDAS TABOCA E SÃO BENTO.</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/154/170_-_monica_regiane_dinamilton_reforma_mata-burro_2.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/154/170_-_monica_regiane_dinamilton_reforma_mata-burro_2.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECONSTRUÇÃO DE MATA-BURRO NA ROTA ESCOLAR EM DIREÇÃO DAS FAZENDAS DO SAUDOSO JANUÁRIO ABREU E DR. DENER.</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/155/171_-_nonatim_reforma_escola_julio_pinheiro.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/155/171_-_nonatim_reforma_escola_julio_pinheiro.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REFORMA NA ESCOLA MUNICIPAL JÚLIO PINHEIRO.</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/156/172_-_nonatim_quebra_molas_rua_15.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/156/172_-_nonatim_quebra_molas_rua_15.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE QUEBRA-MOLAS NA RUA 15 NO SETOR MONTE SINAI</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/157/173_-_diassis_cascalhamento_e_patrolamento_estrada_vicinal.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/157/173_-_diassis_cascalhamento_e_patrolamento_estrada_vicinal.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PATROLAMNETO E CASCALHAMENTO DE ESTRADA VICINAL SAINDO DA TO-446 NAS FAZENDAS DO ANTÔNIO DENTISTA ATÉ OS SENHORES DERISMAR BATISTA COELHO E MARCELINO REIS.</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/162/145_-_leoman_placa_compactadora_de_solo.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/162/145_-_leoman_placa_compactadora_de_solo.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE AQUISIÇÃO DE PLACA COMPACTADORA DE SOLO PARA AUXILIAR NOS TRABALHOS DE RECUPERAÇÃO DA MALHA ASFÁLTICA E TAPA BURACOS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de Providências</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/176/pp_01_-_laurinda_monica_cameras.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/176/pp_01_-_laurinda_monica_cameras.pdf</t>
   </si>
   <si>
     <t>Solicitação para que sejam instaladas câmeras de segurança nas vias, praças e órgãos públicos de Abreulândia.</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/158/pp_02_-_monica_lei_bolsa_universitaria.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/158/pp_02_-_monica_lei_bolsa_universitaria.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA EFETIVAÇÃO DA LEI MUNICIPAL Nº 031/2007 QUE INSTITUIU O PROGRAMA DE BOLSA ESTUDANTIL UNIVERSITÁRIA EM ABREULÂNDIA.</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/159/pp_03_-_regiane_monica_dinamilton_recuperacao_estrada.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/159/pp_03_-_regiane_monica_dinamilton_recuperacao_estrada.pdf</t>
   </si>
   <si>
     <t>Solicitação de patrolamento e cascalhamento de estrada vicinal saindo da TO-446, após a água boa, dando acesso as propriedades dos munícipes Sr. Cícero Cunha, Sr. Adeladio Cabral, Sr. Wilson, Dr. Alessandro, Sr. João Abreu e da Dona Marly, esta última com trecho mais crítico e com urgência nos reparos.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>MANOEL FRANCISCO DE MOURA</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/666/projeto_de_lei_001-2021.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/666/projeto_de_lei_001-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração a Lei Municipal n°. 060/2009, bem como, da alteração do plano de amortização do déficit atuarial do RPPS do município de Abreulândia dá outras providências."</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_de_lei_002-2021.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_de_lei_002-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Abreulândia/T0 firmar convênio com a COOPERATIVA DE CRÉDITO DE LIVRE ADMISSÃO DO TOCANTINS LTDA — SICOOB TOCANTINS para concessão de empréstimos consignados aos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/668/projeto_de_lei_003-2021.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/668/projeto_de_lei_003-2021.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR DO PISO SALARIAL PROFISSIONAL MUNICIPAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE ÀS ENDEMIAS.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/669/projeto_de_lei_004-2021.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/669/projeto_de_lei_004-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação — CACS/ FUNDEB.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_de_lei_005-2021.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_de_lei_005-2021.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO ÁREA DE ESPECIAL INTERESSE SOCIAL, PARA FINS DE URBANIZAÇÃO E REGULARIZAÇÃO URBANÍSTICA E FUNDIÁRIA, AREA QUE ESPECIFICA NO BAIRRO MONTE SINAL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2098,68 +2098,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/1/01_-_dinamilton_comissao_pccr.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/2/02_-_dinamilton_casa_de_farinha_movel.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/3/03_-_monica_praca_aurelio_gomes_reforma.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/4/04_-_monica_e_laurinda_cameras.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/5/05_-_nonatim_tapa-buraco.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/6/06_-_regiane_lotes_casa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/7/07_-_ednaura_ultrassom.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/8/08_-_monica_casa_de_apoio_ao_homem_do_campo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/9/09_-_monica_iluminacao_monte_sinai.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/10/10-_ednaura_bolsa_estudantil_universitaria.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/11/11_-_nonatim_galpao_coberto.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/12/12_-_laurinda_ceramica_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/13/13_-_diassis_estrada_vicinal_e_bueiro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/14/14-_dinamilton_ponto_grotao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/15/15-_leoman_iluminacao_led.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/17/17_-_regiane_ampliacao_bueiro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/18/18_-_nonatim_portal.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/19/19_-_dinamilton_encascalhamento.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/20/20_-_edilson_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/21/21_-_edilson_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/22/22_-_laurinda_refis.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/23/23_-_monica_cascalhamento_e_estrada_vicinal.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/24/24_-_monica_cascalhamento_e_estrada_vicinal_2.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/25/25_-_monica_casa_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/26/26_-_monica_placas_dois_irmaos_e_araguacema.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/27/27_-_monica_sinalizacao_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/28/28_-_monica_recursos_tecnologico_educacao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/29/29_-_ednaura_diario_oficial.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/30/30_-_leoman_trevo_miranorte_dois_irmaos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/31/31_-_regiane_cobertura_patio_pequeno_principe.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/32/32_-_regiane_contratacao_pedreiros.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/33/33_-_nonatim_ponte_iron.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/34/34_diassis_concurso.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/35/35_diassis_quebra-molas_acesso_cidade.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/36/36_diassis_distribuicao_mascara_e_alcool_em_gel.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/37/37_diassis_iluminacao_praca.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/38/38_-_dinamilton_horta_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/39/39_-_dinamilton_estrada_sr_ercilio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/40/40_-_monica_cascalhamento_e_estrada_vicinal_3.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/41/41_-_monica_cascalhamento_e_estrada_vicinal_4.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/42/42_-_monica_cascalhamento_e_estrada_vicinal_5.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/43/43_-_regiane_informacoes_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/44/44_-_conjunto_extensao_saude_baronesa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/45/45_-_conjunto_lavoura_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/46/46_-_conjunto_extensao_saude_outra_assentamento.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/47/47_-_nonatim_nome_ruas.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/48/48_-_nonatim_numeracao_ruas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/49/49_-_leoman_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/50/50-_nonatim_cobertura_escola_julio_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/51/51-_nonatim_recuperacao_de_todas_as_vicinais.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/53/53_-_dinamilton_recuperacao_estrada_nivaldo_preto.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/54/54_-_dinamilton_bueiro_fazenda.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/55/55_-_edilson_epi_garis.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/56/56_-_edilson_estrada_carlos_maricato.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/57/57_-_edilson_estrada_moises_moraes.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/58/58-_monica_estradas_vicinais_assentamentos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/59/59_-_monica_maquina_perfuratriz.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/60/60_-_laurinda_casa_de_velorio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/61/61_-_laurinda_estradas_vicinais.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/62/62_-_nonatim_cronograma_cacimbas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/63/63_-_nonatim_e_ednaura_cronograma_rocas_comunitarias.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/64/64_-_leoman_casa_apoio_professores_baronesa.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/65/65_-_conjunto_leoman_regiane_campo_society.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/66/66_-_monica_brigada_incendio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/67/67_-_monica_isencao_iptu.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/68/68_-_monica_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/69/69_-_monica_mata-burro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/70/70_-_monica_recuperacao_de_estradas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/71/71_-_regiane_casa_corte_e_costura.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/72/75_-_nonatim_bueiro_eixao_planta_brasil.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/73/73_-_laurinda_reforma_e_ampliacao_ubs.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/74/74_-_dinamilton_retorno_abono_saude_covid.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/75/75_-_nonatim_bueiro_eixao_planta_brasil.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/76/76_-_ednaura_programa_de_rocas_6h.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/77/77_-_ednaura_programa_feira_forte.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/78/78_-_dinamilton_carro_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/79/79_-_monica_meio_fio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/80/80_-_monica_nucleo_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/81/81_-_regiane_leoman_cursos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/82/82_-_monica_casa_atendimento.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/83/83_-_leoman_construcao_ponte.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/84/84_-_ednaura_iluminacao_dupla_led.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/85/85_-_monica_energia_solar.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/86/86_-_regiane_sala_vereador_computador_etc.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/87/87_-_nonatim_construcao_tanques_peixes.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/88/88_-_monica_sinalizacao_transito.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/89/89-_dinamilton_abertura_estrada.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/90/90_-_monica_equipamentos_saude.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/91/91_-_monica_caminhao_pipa_molhar_ruas.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/92/92_-_nonatim_raspagem_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/93/93_-_nonatim_mata_burro_lixao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/94/94_-_regiane_lixeiras_grandes.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/95/95_-_monica_estrada_e_cascalhamento_planta_brasil.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/96/96_-_edilson_rebaixamento_ladeiras_to_348_araguacema.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/97/97_-_edilson_reforma_de_ponte_e_bueiro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/98/98_-_monica_estrada_e_cascalhamento_vargem_dourada.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/99/99_-_ednaura_nova_ubs.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/100/100_-_ednaura_escola_municipal.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/101/101_-_monica.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/102/102_-_monica_construcao_cras.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/103/103_-_leoman_revitalizacao_quadra_areia.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/104/104_-_regiane_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/105/105_-_regiane_pavimentacao_emendas_monte_sinai.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/106/106_-_regiane_homenagem_pioneira.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/107/107_-_regiane_transporte_universitario.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/108/108_-_dinamilton_recuperacao_estrada_caiapo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/109/109_-_dinamilton_abertura_de_estrada.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/110/110_-_ednaura_reducao_30h_saude.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/111/111_-_ednaura_abertura_e_patrolamento.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/112/112_-_monica_ponte_faz_parana.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/113/113_-_monica_primeiro_emprego.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/114/114_-_monica_limpeza_lixo_corrego.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/115/115_-_monica_canalizacao_corrego.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/116/116_-_ednaura_treinamento_esporte.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/117/117_-_ednaura_reforma_praca_triangulo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/118/118_-_monica_coletoria_municipal.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/119/119_-_diassis_reforma_estadio_mariano_pereira_campo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/120/120_-_ednaura_capacitacao_motivacao_professores.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/121/121_-_laurinda_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/122/122_-_laurinda_abertura_estradas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/123/123_-_monica_cafe_da_manha_alunos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/124/124_-_dinamilton_patrolamento_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/125/125_-_monica_recuperacao_estrada_vicinal.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/126/126_-_nonatim_asfalto_entrada_cidade.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/127/127_-_monica_recuperacao_estrada_vicinal_2.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/128/128_-_regiane_raspagem_estrada.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/129/129_-_laurinda_capela_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/130/130_-_regiane_praca_monte_sinai.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/131/131_-_ednaura_construcao_nova_quadra_esportiva.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/132/132_-_monica_dois_quebra_molas_saida_araguacema.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/133/133_-_nonatim_regularizacao_chacaras_urbanas.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/134/134_-_monica_recuperacao_estrada_vicinal_3.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/135/135_-_ednaura_abertura_casa_corte_costura.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/136/136_-_laurinda_centro_idoso.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/137/137_-_monica_dois_bueiros_estrada_vicinal.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/138/138_-_monica_materiais_esportivos_e_transporte.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/139/139_-_nonatim_placa_divinopolis.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/140/140_-_dinamilton_reforma_mata-burro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/141/141_-_leoman_e_diassis_construcao_galeria_corrego.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/142/142_-_ednaura_casamento_comunitario.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/160/143_-_dinamilton_e_nonatim_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/161/144_-_dinamilton_patrolamento_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/163/146_-_edilson_monica_recuperacao_rota_escolar.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/164/147_-_edilson_monica_recuperacao_rota_escolar_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/165/148_-_edilson_monica_recuperacao_estrada_vicinal.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/166/149_-_leoman_semana_drogas.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/167/150_-_monica_melhoria_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/168/151_-_dinamilton_monica_contratacao_de_medico.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/169/152_-_monica_viveiro_municipal.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/170/153_-_monica_reforma_almoxarifado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/171/154_-_leoman_mata_burro.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/172/155_-_regiane_recuperacao_asfalto_hidroforte.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/173/156_-_nonatim_junta_militar.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/174/157_-_diassis_gratificacao_garis.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/175/158_-_diassis_sala_de_reunioes.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/143/159_-_leoman_reforma_campo_futebol_z_rural.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/144/160_-_leoman_ponte_fazenda_carlinho.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/145/161_-_monica_abertura_de_rua.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/146/162_-_regiane_diassis_criacao_secretaria_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/147/163_-_dinamilton_linha_transporte_abreulandia_-_paraiso.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/148/164_-_diassis_iluminacao_natal.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/149/165_-_diassis_limpeza_quadra_inacabada.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/150/166_-_monica_sinalizacao_e_instalacao_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/151/167_-_monica_cobertura_passarela_escolas.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/152/168_-_monica_reforma_mata-burro.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/153/169_-_monica_regiane_dinamilton_reforma_mata-burro.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/154/170_-_monica_regiane_dinamilton_reforma_mata-burro_2.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/155/171_-_nonatim_reforma_escola_julio_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/156/172_-_nonatim_quebra_molas_rua_15.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/157/173_-_diassis_cascalhamento_e_patrolamento_estrada_vicinal.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/162/145_-_leoman_placa_compactadora_de_solo.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/176/pp_01_-_laurinda_monica_cameras.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/158/pp_02_-_monica_lei_bolsa_universitaria.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/159/pp_03_-_regiane_monica_dinamilton_recuperacao_estrada.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/666/projeto_de_lei_001-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_de_lei_002-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/668/projeto_de_lei_003-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/669/projeto_de_lei_004-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_de_lei_005-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/1/01_-_dinamilton_comissao_pccr.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/2/02_-_dinamilton_casa_de_farinha_movel.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/3/03_-_monica_praca_aurelio_gomes_reforma.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/4/04_-_monica_e_laurinda_cameras.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/5/05_-_nonatim_tapa-buraco.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/6/06_-_regiane_lotes_casa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/7/07_-_ednaura_ultrassom.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/8/08_-_monica_casa_de_apoio_ao_homem_do_campo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/9/09_-_monica_iluminacao_monte_sinai.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/10/10-_ednaura_bolsa_estudantil_universitaria.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/11/11_-_nonatim_galpao_coberto.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/12/12_-_laurinda_ceramica_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/13/13_-_diassis_estrada_vicinal_e_bueiro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/14/14-_dinamilton_ponto_grotao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/15/15-_leoman_iluminacao_led.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/17/17_-_regiane_ampliacao_bueiro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/18/18_-_nonatim_portal.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/19/19_-_dinamilton_encascalhamento.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/20/20_-_edilson_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/21/21_-_edilson_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/22/22_-_laurinda_refis.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/23/23_-_monica_cascalhamento_e_estrada_vicinal.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/24/24_-_monica_cascalhamento_e_estrada_vicinal_2.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/25/25_-_monica_casa_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/26/26_-_monica_placas_dois_irmaos_e_araguacema.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/27/27_-_monica_sinalizacao_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/28/28_-_monica_recursos_tecnologico_educacao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/29/29_-_ednaura_diario_oficial.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/30/30_-_leoman_trevo_miranorte_dois_irmaos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/31/31_-_regiane_cobertura_patio_pequeno_principe.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/32/32_-_regiane_contratacao_pedreiros.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/33/33_-_nonatim_ponte_iron.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/34/34_diassis_concurso.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/35/35_diassis_quebra-molas_acesso_cidade.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/36/36_diassis_distribuicao_mascara_e_alcool_em_gel.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/37/37_diassis_iluminacao_praca.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/38/38_-_dinamilton_horta_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/39/39_-_dinamilton_estrada_sr_ercilio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/40/40_-_monica_cascalhamento_e_estrada_vicinal_3.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/41/41_-_monica_cascalhamento_e_estrada_vicinal_4.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/42/42_-_monica_cascalhamento_e_estrada_vicinal_5.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/43/43_-_regiane_informacoes_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/44/44_-_conjunto_extensao_saude_baronesa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/45/45_-_conjunto_lavoura_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/46/46_-_conjunto_extensao_saude_outra_assentamento.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/47/47_-_nonatim_nome_ruas.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/48/48_-_nonatim_numeracao_ruas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/49/49_-_leoman_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/50/50-_nonatim_cobertura_escola_julio_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/51/51-_nonatim_recuperacao_de_todas_as_vicinais.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/53/53_-_dinamilton_recuperacao_estrada_nivaldo_preto.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/54/54_-_dinamilton_bueiro_fazenda.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/55/55_-_edilson_epi_garis.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/56/56_-_edilson_estrada_carlos_maricato.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/57/57_-_edilson_estrada_moises_moraes.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/58/58-_monica_estradas_vicinais_assentamentos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/59/59_-_monica_maquina_perfuratriz.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/60/60_-_laurinda_casa_de_velorio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/61/61_-_laurinda_estradas_vicinais.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/62/62_-_nonatim_cronograma_cacimbas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/63/63_-_nonatim_e_ednaura_cronograma_rocas_comunitarias.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/64/64_-_leoman_casa_apoio_professores_baronesa.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/65/65_-_conjunto_leoman_regiane_campo_society.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/66/66_-_monica_brigada_incendio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/67/67_-_monica_isencao_iptu.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/68/68_-_monica_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/69/69_-_monica_mata-burro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/70/70_-_monica_recuperacao_de_estradas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/71/71_-_regiane_casa_corte_e_costura.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/72/75_-_nonatim_bueiro_eixao_planta_brasil.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/73/73_-_laurinda_reforma_e_ampliacao_ubs.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/74/74_-_dinamilton_retorno_abono_saude_covid.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/75/75_-_nonatim_bueiro_eixao_planta_brasil.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/76/76_-_ednaura_programa_de_rocas_6h.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/77/77_-_ednaura_programa_feira_forte.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/78/78_-_dinamilton_carro_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/79/79_-_monica_meio_fio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/80/80_-_monica_nucleo_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/81/81_-_regiane_leoman_cursos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/82/82_-_monica_casa_atendimento.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/83/83_-_leoman_construcao_ponte.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/84/84_-_ednaura_iluminacao_dupla_led.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/85/85_-_monica_energia_solar.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/86/86_-_regiane_sala_vereador_computador_etc.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/87/87_-_nonatim_construcao_tanques_peixes.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/88/88_-_monica_sinalizacao_transito.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/89/89-_dinamilton_abertura_estrada.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/90/90_-_monica_equipamentos_saude.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/91/91_-_monica_caminhao_pipa_molhar_ruas.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/92/92_-_nonatim_raspagem_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/93/93_-_nonatim_mata_burro_lixao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/94/94_-_regiane_lixeiras_grandes.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/95/95_-_monica_estrada_e_cascalhamento_planta_brasil.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/96/96_-_edilson_rebaixamento_ladeiras_to_348_araguacema.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/97/97_-_edilson_reforma_de_ponte_e_bueiro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/98/98_-_monica_estrada_e_cascalhamento_vargem_dourada.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/99/99_-_ednaura_nova_ubs.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/100/100_-_ednaura_escola_municipal.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/101/101_-_monica.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/102/102_-_monica_construcao_cras.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/103/103_-_leoman_revitalizacao_quadra_areia.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/104/104_-_regiane_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/105/105_-_regiane_pavimentacao_emendas_monte_sinai.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/106/106_-_regiane_homenagem_pioneira.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/107/107_-_regiane_transporte_universitario.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/108/108_-_dinamilton_recuperacao_estrada_caiapo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/109/109_-_dinamilton_abertura_de_estrada.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/110/110_-_ednaura_reducao_30h_saude.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/111/111_-_ednaura_abertura_e_patrolamento.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/112/112_-_monica_ponte_faz_parana.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/113/113_-_monica_primeiro_emprego.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/114/114_-_monica_limpeza_lixo_corrego.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/115/115_-_monica_canalizacao_corrego.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/116/116_-_ednaura_treinamento_esporte.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/117/117_-_ednaura_reforma_praca_triangulo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/118/118_-_monica_coletoria_municipal.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/119/119_-_diassis_reforma_estadio_mariano_pereira_campo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/120/120_-_ednaura_capacitacao_motivacao_professores.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/121/121_-_laurinda_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/122/122_-_laurinda_abertura_estradas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/123/123_-_monica_cafe_da_manha_alunos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/124/124_-_dinamilton_patrolamento_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/125/125_-_monica_recuperacao_estrada_vicinal.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/126/126_-_nonatim_asfalto_entrada_cidade.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/127/127_-_monica_recuperacao_estrada_vicinal_2.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/128/128_-_regiane_raspagem_estrada.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/129/129_-_laurinda_capela_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/130/130_-_regiane_praca_monte_sinai.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/131/131_-_ednaura_construcao_nova_quadra_esportiva.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/132/132_-_monica_dois_quebra_molas_saida_araguacema.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/133/133_-_nonatim_regularizacao_chacaras_urbanas.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/134/134_-_monica_recuperacao_estrada_vicinal_3.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/135/135_-_ednaura_abertura_casa_corte_costura.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/136/136_-_laurinda_centro_idoso.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/137/137_-_monica_dois_bueiros_estrada_vicinal.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/138/138_-_monica_materiais_esportivos_e_transporte.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/139/139_-_nonatim_placa_divinopolis.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/140/140_-_dinamilton_reforma_mata-burro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/141/141_-_leoman_e_diassis_construcao_galeria_corrego.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/142/142_-_ednaura_casamento_comunitario.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/160/143_-_dinamilton_e_nonatim_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/161/144_-_dinamilton_patrolamento_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/163/146_-_edilson_monica_recuperacao_rota_escolar.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/164/147_-_edilson_monica_recuperacao_rota_escolar_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/165/148_-_edilson_monica_recuperacao_estrada_vicinal.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/166/149_-_leoman_semana_drogas.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/167/150_-_monica_melhoria_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/168/151_-_dinamilton_monica_contratacao_de_medico.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/169/152_-_monica_viveiro_municipal.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/170/153_-_monica_reforma_almoxarifado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/171/154_-_leoman_mata_burro.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/172/155_-_regiane_recuperacao_asfalto_hidroforte.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/173/156_-_nonatim_junta_militar.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/174/157_-_diassis_gratificacao_garis.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/175/158_-_diassis_sala_de_reunioes.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/143/159_-_leoman_reforma_campo_futebol_z_rural.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/144/160_-_leoman_ponte_fazenda_carlinho.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/145/161_-_monica_abertura_de_rua.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/146/162_-_regiane_diassis_criacao_secretaria_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/147/163_-_dinamilton_linha_transporte_abreulandia_-_paraiso.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/148/164_-_diassis_iluminacao_natal.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/149/165_-_diassis_limpeza_quadra_inacabada.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/150/166_-_monica_sinalizacao_e_instalacao_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/151/167_-_monica_cobertura_passarela_escolas.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/152/168_-_monica_reforma_mata-burro.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/153/169_-_monica_regiane_dinamilton_reforma_mata-burro.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/154/170_-_monica_regiane_dinamilton_reforma_mata-burro_2.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/155/171_-_nonatim_reforma_escola_julio_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/156/172_-_nonatim_quebra_molas_rua_15.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/157/173_-_diassis_cascalhamento_e_patrolamento_estrada_vicinal.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/162/145_-_leoman_placa_compactadora_de_solo.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/176/pp_01_-_laurinda_monica_cameras.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/158/pp_02_-_monica_lei_bolsa_universitaria.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/159/pp_03_-_regiane_monica_dinamilton_recuperacao_estrada.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/666/projeto_de_lei_001-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_de_lei_002-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/668/projeto_de_lei_003-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/669/projeto_de_lei_004-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_de_lei_005-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="69.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="71.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>