--- v0 (2025-12-08)
+++ v1 (2026-03-15)
@@ -54,1739 +54,1739 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>REGIANE ABREU</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/688/requerimentos_-_fev-mar-abr_-_2024_parte1.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/688/requerimentos_-_fev-mar-abr_-_2024_parte1.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECUPERAÇÃO DA RUA TANCREDO NEVES E OUTRAS QUE ESTÃO COM SÉRIAS CONDIÇÕES DE TRAFEGABILIDADE PARA CARROS E MOTOS.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Ednaura Alves Costa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/689/requerimentos_-_fev-mar-abr_-_2024_parte2.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/689/requerimentos_-_fev-mar-abr_-_2024_parte2.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE LÂMPADAS DE LED NAS RUAS E AVENIDAS DA CIDADE.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>EDILSON NEGREIROS</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/690/requerimentos_-_fev-mar-abr_-_2024_parte3.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/690/requerimentos_-_fev-mar-abr_-_2024_parte3.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO REBAIXAMENTO DAS PASSARELAS NOS CANTEIROS DA AVENIDA JOÃO FRANCISCO DE ABREU.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>FRANCISCO DE ASSIS (DIASSIS)</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/691/requerimentos_-_fev-mar-abr_-_2024_parte4.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/691/requerimentos_-_fev-mar-abr_-_2024_parte4.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECAPEAMENTO ASFÁLTICO NAS RUAS E AVENIDAS COM ASFALTO_x000D_
 ANTIGO.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Leoman Batista Medrado Palhares</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/692/requerimentos_-_fev-mar-abr_-_2024_parte5.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/692/requerimentos_-_fev-mar-abr_-_2024_parte5.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 INSTALAÇÃO DE ILUMINAÇÃO DO ESTÁDIO MUNICIPAL MARIANO_x000D_
 PEREIRA E COBERTURA DAS ARQUIBANCADAS.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/693/requerimentos_-_fev-mar-abr_-_2024_parte6.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/693/requerimentos_-_fev-mar-abr_-_2024_parte6.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 EXECUÇÃO DE OBRA DE GALERIA NO CÓRREGO MILANGUINHA.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>MÔNICA FIGUEIREDO</t>
-[...2 lines deleted...]
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/694/requerimentos_-_fev-mar-abr_-_2024_parte7.pdf</t>
+    <t>Mônica Pereira de Figueiredo Narciso</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/694/requerimentos_-_fev-mar-abr_-_2024_parte7.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 CONCESSÃO DE DATA-BASE AO ADMINISTRATIVO DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/695/requerimentos_-_fev-mar-abr_-_2024_parte8.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/695/requerimentos_-_fev-mar-abr_-_2024_parte8.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 REFORMA E COBERTURA DA QUADRA DA CRECHE "O PEQUENO_x000D_
 PRÍNCIPE".</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/696/requerimentos_-_fev-mar-abr_-_2024_parte9.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/696/requerimentos_-_fev-mar-abr_-_2024_parte9.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 REFORMA OU AQUISIÇÃO DE UM NOVO PARQUE DE RECREAÇÃO PARA_x000D_
 CRIANÇAS DA CRECHE "O PEQUENO PRINCIPE".</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/697/requerimentos_-_fev-mar-abr_-_2024_parte10.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/697/requerimentos_-_fev-mar-abr_-_2024_parte10.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 CONSTRUÇÃO DE UM VIVEIRO MUNICIPAL.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/698/requerimentos_-_fev-mar-abr_-_2024_parte11.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/698/requerimentos_-_fev-mar-abr_-_2024_parte11.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO_x000D_
 PARA CONSTRUÇÃO DA CASA DO HOMEM DO CAMPO DE ABREULÂNDIA</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/699/requerimentos_-_fev-mar-abr_-_2024_parte12.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/699/requerimentos_-_fev-mar-abr_-_2024_parte12.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 INSTALAÇÃO DE QUEBRA-MOLAS NA RUA MARIANO PEREIRA NAS_x000D_
 PROXIMIDADES DA ESCOLA MUNICIPAL JÚLIO PINHEIRO.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/700/requerimentos_-_fev-mar-abr_-_2024_parte13.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/700/requerimentos_-_fev-mar-abr_-_2024_parte13.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO_x000D_
 DE CONCLUSÃO DA QUADRA POLIESPORTIVA.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/701/requerimentos_-_fev-mar-abr_-_2024_parte14.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/701/requerimentos_-_fev-mar-abr_-_2024_parte14.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO_x000D_
 QUE SEJA REALIZADA GESTÃO JUNTO A EMPRESA ENERGISA PARA_x000D_
 EXTENSÃO DA REDE DE ENERGIA COM TRÊS POSTES ENTRE AS QUADRAS_x000D_
 52 E 53 NO FINAL DA AVENIDA GENTIL NOLETO, SENTIDO AVENIDA POUSO_x000D_
 ALTO.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/702/requerimentos_-_fev-mar-abr_-_2024_parte15.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/702/requerimentos_-_fev-mar-abr_-_2024_parte15.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO_x000D_
 DE OFERTA NO ATENDIMENTO AO ALUNOS DA REDE PUBLICA COM_x000D_
 PSICOPEDAGOGO E FONOAUDIÓLOGO.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Dinamilton da Silva Lima</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/721/requerimentos_-__35.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/721/requerimentos_-__35.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO_x000D_
 DE INTERMEDIAÇÃO, JUNTO AO GOVERNO DO ESTADO, PARA INSTALAÇÃO_x000D_
 DE UM ESCRITÓRIO DO RURAL TINS EM ABREULÂNDIA.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/703/requerimentos_-__17.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/703/requerimentos_-__17.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 CRIAÇÃO DA CASA DE ACOLHIMENTO PARA ADOLESCENTES E_x000D_
 GESTANTES.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/704/requerimentos_-__18.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/704/requerimentos_-__18.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO_x000D_
 DE REFORMA DO MATA-BURRO QUE DÁ ACESSO A FAZANDA DEUS ME_x000D_
 DEU DE PROPRIEDADE DO SR. RAFAEL MARJAN (ANTIGA FAZENDA SR._x000D_
 PARANÁ).</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/705/requerimentos_-__19.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/705/requerimentos_-__19.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 CONSTRUÇÃO DE UMA GALERIA NO ATERRO QUE DÁ ACESSO A PONTE DO_x000D_
 CÓRREGO GROTÃO NA FAZENDA TABOCA.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/706/requerimentos_-__20.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/706/requerimentos_-__20.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 MANUTENÇÃO DA PONTE NO CÓRREGO GROTÃO NA FAZENDA TABOCA DE_x000D_
 PROPRIEDADE DO SR. JOÃO NASCIMENTO.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/707/requerimentos_-__21.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/707/requerimentos_-__21.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO_x000D_
 CONSTRUÇÃO DE UM ESTACIONAMENTO AO LADO DA ESCOLA MUNICIPAL_x000D_
 JÚLIO PINHEIRO.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/708/requerimentos_-__22.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/708/requerimentos_-__22.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 RECUPERAÇÃO DA MALHA ASFÁLTICA NA AVENIDA JOSÉ LOPES DE_x000D_
 FIGUEIREDO E DEMAIS AVENIDAS.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/709/requerimentos_-__23.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/709/requerimentos_-__23.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 MANUTENÇÃO DA ESTRADA QUE DA, ACESSO AOS ABREUS QUE É ROTA_x000D_
 ESCOLAR.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/710/requerimentos_-__24.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/710/requerimentos_-__24.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 MANUTENÇÃO DA ESTRADA QUE LIGA ABREULANDIA A CHÁCARA DO_x000D_
 SENHOR MANOEL MARINHO E DEMAIS RAMAIS VIZINHOS.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/711/requerimentos_-__25.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/711/requerimentos_-__25.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 REFORMA DA PONTE SOBRE O CÓRREGO RANCHARIA NAS PROXIMIDADES_x000D_
 DA FAZENDA DA SENHORA ELIANA SIPAUBA.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/712/requerimentos_-__26.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/712/requerimentos_-__26.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 CONTRATAÇÃO DE UM PROFISSIONAL DE BOXE.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/713/requerimentos_-__27.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/713/requerimentos_-__27.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 CRIAÇÃO DE HORTAS COMUNITÁRIAS PARA ATENDER A POPULAÇÃO DE_x000D_
 BAIXA RENDA.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/714/requerimentos_-__28.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/714/requerimentos_-__28.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO_x000D_
 INTERMÉDIO PARA CRIAÇÃO UMA LINHA DE TRANSPORTE_x000D_
 INTERMUNICIPAL ENTRE ABREULÂNDIA E PARAÍSO DO TOCANTINS COM_x000D_
 VANS PARA TRANSPORTE DIÁRIO.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/715/requerimentos_-__29.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/715/requerimentos_-__29.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 PATROLHAMENTO E CASCALHAMENTO DO TRECHO SAINDO DA TO-466_x000D_
 ATÉ A TO-348, QUE DÁ ACESSO DE ABREULANDIA A BARROLANDIA,_x000D_
 PASSANDO PELAS PROPRIEDADES DE DEMOSTENES, LUIS DA FÁTIMA,_x000D_
 CLÁUDIO BRITO, PASSANDO PELA FAZENDA DA NILVA DELFINO, TICO_x000D_
 DELFINO, ALFREDO COM TRAJETO ATÉ FAZENDA SÃO FRANCISCO DO_x000D_
 SENHOR ELIVELTON FRANCISCO SOUSA (ANTIGA TRONCO VELHO).</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/716/requerimentos_-__30.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/716/requerimentos_-__30.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 REPAROS NA TUBULAÇÃO SUPERIOR DE ÁGUAS PLUVIAIS DA ESCOLA_x000D_
 MUNICIPAL JÚLIO PINHEIRO.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Maria Laurinda Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/718/requerimentos_-__32.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/718/requerimentos_-__32.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 CONSTRUÇÃO DE UM PONTO DE ÔNIBUS NA PRAÇA AURÉLIO GOMES.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/719/requerimentos_-__33.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/719/requerimentos_-__33.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 DOAÇOES DE LOTES PARA PESSOAS CARENTE5.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/720/requerimentos_-__34.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/720/requerimentos_-__34.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 CONSTRUÇÃO DE UMA SALA COM MAIS ESPAÇO PARA OS ALUNOS DO PRÉ_x000D_
 I.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/722/requerimentos_-__36.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/722/requerimentos_-__36.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 SINALIZAÇÃO E PAISAGISMO DA ROTATORIA (TREVO) SENTIDO DOIS_x000D_
 IRMAOS E MIRANORTE.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/723/requerimentos_-__37.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/723/requerimentos_-__37.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AQUISIÇA-O_x000D_
 DE MATERIAL ESPORTIVO, INCLUINDO CHUTEIRAS, COLETES, MEIÕES E_x000D_
 BOLAS.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/724/requerimentos_-__38.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/724/requerimentos_-__38.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 CRIAÇÃO DO PLANO DE CARGOS E CARREIRA DO QUADRO GERAL DE_x000D_
 SERVIDORES PÚBLICOS DO MUNICÍPIO DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/725/requerimentos_-__39.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/725/requerimentos_-__39.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 PATROLAMENTO E CASCALHAMENTO DOS RAMAIS SAINDO DA TO-348. ATÉ A_x000D_
 SEDE DA FAZENDA CAPIM DOURADO PROPRIEDADE DO SR. RODRIGO_x000D_
 CARVALHO NERES E O TRECHO QUE VAI ATÉ FAZENDA FÁTIMA DE_x000D_
 PROPRIEDADE DO SR. EDGAR SILVANI.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/726/requerimentos_-__40.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/726/requerimentos_-__40.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 RECUPERAÇAO DA ESTRADA SAINDO DE ABREUANDIA ATÉ A FAZENDA_x000D_
 TRÊS /RMAOS DE PROPRIEDADE DO SR. CASSIUS ABREU E UM TRECHO_x000D_
 ESPECIFICO NA DA FAZENDA DO SR. MANOEL MONTELO.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/727/requerimentos_-__41.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/727/requerimentos_-__41.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 AMPLIAÇÃO E REFORMA DA UBS JOAO BATISTA DE FRANÇA.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/728/requerimentos_-__42.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/728/requerimentos_-__42.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 SINALIZAÇÃO DA RUA 11 COM A 21 DE ABRIL.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/729/requerimentos_-__43.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/729/requerimentos_-__43.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE OFERTA_x000D_
 DE AULA DE BALÉ PARA AS MENINAS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/730/requerimentos_-__44.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/730/requerimentos_-__44.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 RETORNO DAS FEIRAS EM PARCERIA COM A (ACEA) ASSOCIAÇA-O_x000D_
 COMERCIAL, INDUSTRIAL, EMPRESARIAL DE ABREULANDIA.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/731/requerimentos_-__45.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/731/requerimentos_-__45.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 AQUISIÇÃO DE NOTEBOOKS PARA PROFESSORES DA REDE MUNICIPAL DE_x000D_
 ENSINO.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/732/requerimentos_-__46.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/732/requerimentos_-__46.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 PATROLAMENTO E CASCALHEMNTO DE TODAS DAS ESTRADAS VJCINAJS_x000D_
 DO.MUNICIPIO</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Raimundo Nonato Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/733/requerimentos_-__47.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/733/requerimentos_-__47.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 AMPLIAÇÃO DA ÁREA DO CEMITÉRIO LOCAL.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/734/requerimentos_-__48.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/734/requerimentos_-__48.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA_x000D_
 QUE SEJA ADQUIRIDA UMA CASA DE FARINHA MÓVEL PARA ATENDER_x000D_
 A DEMANDA DOS PEQUENOS PRODUTORES DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/735/requerimentos_-__49.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/735/requerimentos_-__49.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 DISPONIBILIZAÇÃO DE VEÍCULO Â DISPOSIÇÃO DOS SERVIÇOS DE_x000D_
 SAÚDE NOS ASSENTAMENTOS P.A. BARONESA E P.A. VARGEM_x000D_
 DOURADA.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/736/requerimentos_-__50.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/736/requerimentos_-__50.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE_x000D_
 DISPONIBILIZAÇÃO DE UM CARRO PARA TRAZER OS MORADORES E_x000D_
 PRODUTORES DOS ASSENTAMENTOS BARRERINHO, BARONESA, VARGEM_x000D_
 DOURADA E BREJO DO CAMPO E FAZENDAS VIZINHAS, PARA TRAZER SEUS_x000D_
 PRODUTOS PARA O COMÉRCIO E FAZER SUAS COMPRAS.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/870/requerimentos_049-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/870/requerimentos_049-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de construção de banheiros para os torcedores no Estádio Mariano Pereira.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/871/requerimentos_050-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/871/requerimentos_050-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de ampliação dos vestiários do Estádio Mariano Pereira.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/872/requerimentos_051-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/872/requerimentos_051-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de disponibilização de um grande terreno destinado a área comercial e industrial para instalação de empresas com isenção de impostos por período determinado.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/873/requerimentos_052-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/873/requerimentos_052-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de construção de um quebra-molas na Avenida Getúlio Vargas, próximo a borracharia do Sr. Jair Nogueira.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/874/requerimentos_053-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/874/requerimentos_053-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de inclusão de aulas de libras na grade da rede municipal de ensino.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/875/requerimentos_054-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/875/requerimentos_054-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de reforma e ampliação do prédio do conselho tutelar.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/876/requerimentos_055-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/876/requerimentos_055-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de disponibilização de veículo com carroceria para atender as demandas do meio ambiente no período das queimadas.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/877/requerimentos_056-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/877/requerimentos_056-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de limpeza, pintura e revitalização do cemitério local.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/878/requerimentos_057-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/878/requerimentos_057-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de aquisição de climatizadores para escolas municipais, onde serão utilizados para reuniões, eventos escolares e outros.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/879/requerimentos_058-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/879/requerimentos_058-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de reinstalação da Biblioteca Municipal Machado de Assis.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/880/requerimentos_059-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/880/requerimentos_059-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de promoção de baile de debutantes para as jovens de 14 a 15 anos de Abreulândia.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/881/requerimentos_060-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/881/requerimentos_060-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de aquisição de equipamentos para instalação de uma sala de emergência na UBS João Batista de França.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/882/requerimentos_061-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/882/requerimentos_061-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de abertura da Avenida Goiás até a Rua 01.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/883/requerimentos_062-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/883/requerimentos_062-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de abertura, encascalhamento e patrolamento da estrada vicinal, rota de transporte escolar, que dá acesso à fazenda sem nome, dos senhores Marcos e Marcelo.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/884/requerimentos_063-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/884/requerimentos_063-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de disponibilização de pré-lanche para alunos que vem da zona rural.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/885/requerimentos_064-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/885/requerimentos_064-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de reforma com reparos na sala de atendimento médico na UBS local.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/886/requerimentos_065-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/886/requerimentos_065-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de patrolamento e cascalhamento da estrada vicinal saindo da TO-446 passando pela Fazenda Campo Alegre do senhor Claudio Borges até as Fazendas Piranha I de Derismar Batista e Piranha II de Marcelino dos Reis no trecho de 6 Km que é rota de transporte escolar.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/887/requerimentos_066-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/887/requerimentos_066-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de construção de quebra-molas na Rua 21 de Abril em frente a Igreja Assembleia de Deus Campos Lirios e outro na Rua 13 em frente ao salão da Mariinha.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/888/requerimentos_067-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/888/requerimentos_067-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de reparo urgente na iluminação da Rua 21 de Abril com a Rua 15.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/889/requerimentos_068-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/889/requerimentos_068-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de instalação de iluminação na Rua Tocantins entre as ruas José Lopes de Figueiredo e a Rua 11.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/890/requerimentos_069-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/890/requerimentos_069-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de construção de uma rodoviária.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/891/requerimentos_070-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/891/requerimentos_070-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de construção de um anel viário na saída para o município de Dois Irmãos.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/892/requerimentos_071-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/892/requerimentos_071-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de implantação de numeração predial nas residências de Abreulândia.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/893/requerimentos_072-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/893/requerimentos_072-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação para instalação de iluminação e água no cemitério local.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/894/requerimentos_073-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/894/requerimentos_073-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de contratação ou disponibilização de um servidor para fazer limpeza geral no cemitério.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/895/requerimentos_074-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/895/requerimentos_074-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de construção de calçadão nas vias de acesso ao município de Abreulândia.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/916/75_leoman_categoria_sub17.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/916/75_leoman_categoria_sub17.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INTEGRAÇÃO DA CATEGORIA SUB-17 NA GRADE ESPORTIVA DE FUTEBOL DO MUNICIPIO.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/917/76_monica_recapeamento_gentil_noleto_e_mariano_pereira.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/917/76_monica_recapeamento_gentil_noleto_e_mariano_pereira.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECUPERAÇÃO DA MALHA ASFÁLTICA NA AVENIDA GENTIL NOLETO E DA RUA MARIANO PEREIRA.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/918/77_monica_quebra-molas_rua_15.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/918/77_monica_quebra-molas_rua_15.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UM QUEBRA-MOLAS NA RUA 15.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/919/78_monica_pavimentacao_trecho_rua_21.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/919/78_monica_pavimentacao_trecho_rua_21.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NA CONTINUAÇÃO DA RUA 21, SAINDO DA RUA 07 DE SETEMBRO ATÉ A TO-348 SENTIDO ARAGUACEMA.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/920/79_regiane_molhar_ruas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/920/79_regiane_molhar_ruas.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA SEJAM MOLHADAS AS RUAS QUE AINDA NÃO TEM ASFALTO.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/921/80_laurinda_pintura_dos_quebra-molas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/921/80_laurinda_pintura_dos_quebra-molas.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE  PINTURA E SINALIZAÇÃO DE TODOS OS QUEBRA-MOLAS DO PERÍMETRO URBANO DE ABREULÂNDIA</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/922/81_regiane_busco_francisco_moura.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/922/81_regiane_busco_francisco_moura.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE BUSTO DO SAUDOSO AUGUSTO FRANCISCO DE MOURA NA PRAÇA EM SUA HOMENAGEM.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/923/82_regiane_doacao_terreno_construcao_nova_camara.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/923/82_regiane_doacao_terreno_construcao_nova_camara.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE DOAÇÃO DE TERRENO PARA CONSTRUÇÃO DE UM NOVO PRÉDIO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/924/83_monica_iluminacao_e_material_esportivo_quadra.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/924/83_monica_iluminacao_e_material_esportivo_quadra.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE MANUTENÇÃO NOS REFLETORES DA QUADRA DE AREIA E NOVOS MATERIAIS ESPORTIVOS, COMO BOLAS E REDES.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/925/84_monica_encascalhamento_mina_dagua.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/925/84_monica_encascalhamento_mina_dagua.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ENCASCALHMENTO NO RAMAL SAINDO DA TO-446 ATÉ A CHÁCARA MINA D'ÁGUA.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/926/85_monica_mata_burro_sr_aroldo.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/926/85_monica_mata_burro_sr_aroldo.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE MATA-BURRO SAINDO DA TO-446 À CHÁCARA DO SR. AROLDO.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/927/86_monica_dia_do_catolico_no_calendario.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/927/86_monica_dia_do_catolico_no_calendario.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INCLUSÃO DO DIA DO CATÓLICO NO CALENDÁRIO MUNICIPAL DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/928/87_ednaura_extensao_energia_eletrica.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/928/87_ednaura_extensao_energia_eletrica.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INTERMEDIAÇÃO JUNTO À ENERGISA PARA A EXTENSÃO DE REDE DE ENERGIA ATÉ O PARQUE DE EXPOSIÇÕES AGROPECUÁRIA, INCLUINDO A REDE DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/929/88_laurinda_abertura_de_ruas.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/929/88_laurinda_abertura_de_ruas.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ABERTURA DE PARTES DE RUAS EXISTENTES NO MAPA DO MUNICÍPIO DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>MÔNICA FIGUEIREDO, REGIANE ABREU</t>
-[...2 lines deleted...]
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/930/89_monica_e_regiane_secretaria_mulher.pdf</t>
+    <t>Mônica Pereira de Figueiredo Narciso, REGIANE ABREU</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/930/89_monica_e_regiane_secretaria_mulher.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CRIAÇÃO DA SECRETARIA DA MULHER NO MUNICÍPIO DE ABREULÂNDIA.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/931/90_monica_e_regiane_secretaria_esporte_e_lazer.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/931/90_monica_e_regiane_secretaria_esporte_e_lazer.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CRIAÇÃO DA SECRETARIA DE ESPORTE E LAZER.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/932/91_laurinda_cargo_de_motorista_da_saude_e_majoracao_salarial.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/932/91_laurinda_cargo_de_motorista_da_saude_e_majoracao_salarial.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CRIAÇÃO DO CARGO DE CONDUTORES DE VEÍCULOS DE EMERGÊNCIA PARA OS MOTORISTAS DA UNIDADE BÁSICA DE SAÚDE COM A MAJORAÇÃO DOS SALÁRIOS E INSTITUIÇÃO DE INSALUBRIDADE E ADICIONAL NOTURNO.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/933/92_dinamilton_ponte_corrego_madeira_cabeceiras.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/933/92_dinamilton_ponte_corrego_madeira_cabeceiras.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REFORMA E CONCLUSÃO DAS CABECEIRAS DA PONTE SOBRE O CÓRREGO MADEIRA, LOCALIZADA NA PROPRIEDADE DO SENHOR RENATO.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Dinamilton da Silva Lima, Leoman Batista Medrado Palhares</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/934/93_dinamilton_e_leoman_pccr_area_administrativa.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/934/93_dinamilton_e_leoman_pccr_area_administrativa.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CRIAÇÃO DO PCCR DO QUADRO GERAL - ÁREA ADMINISTRATIVA.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/935/94_regiane_nova_quadra_de_areia.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/935/94_regiane_nova_quadra_de_areia.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UMA NOVA QUADRA DE AREIA, COM BANHEIROS, EM LOCAL MAIS AMPLO.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/936/95_monica_quadra_beach_tenis.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/936/95_monica_quadra_beach_tenis.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ADAPTAÇÃO DA QUADRA DE AREIA PARA ATENDER A MODALIDADE DE BEACH TENNIS.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/937/96_regiane_projeto_ludico_na_biblioteca.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/937/96_regiane_projeto_ludico_na_biblioteca.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CRIAÇÃO DE PROJETO LÚDICO NA BIBLIOTECA MUNICIPAL PARA ENCENAR E ILUSTRAR AS OBRAS LITERÁRIAS PARA MAIOR ENVOLVIMENTO DAS CRIANÇAS NA CRECHE O PEQUENO PRINCIPE.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/938/97_dinamilton_incentivos_acs.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/938/97_dinamilton_incentivos_acs.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ELABORAÇÃO E ENVIO DE PROJETO DE LEI À CÂMARA MUNICIPAL AUTORIZANDO O PAGAMENTO DA 13ª PARCELA DO INCENTIVO FINANCEIRO ADICIONAL AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AOS AGENTES DE COMBATE ÀS ENDEMIAS (ACE), CONFORME PREVISTO NA LEGISLAÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/939/98_ednaura_requerimento_leite_mais.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/939/98_ednaura_requerimento_leite_mais.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE QUE SEJA CRIADO O PROGRAMA LEITE MAIS PARA FOMENTAR A BACIA LEITEIRA DE ABREULÂNDIA COM ASSISTÊNCIA TÉCNICA GRATUITA E APOIO DO SENAR.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de Providências</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/737/requerimentos_-__51.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/737/requerimentos_-__51.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE PROVIDÊNCIAS_x000D_
 QUANTO A RECUPERAÇÃO DA MALHA ASFÁLTICA NA AVENIDA JOSÉ LOPES_x000D_
 DE FIGUEIREDO E DEMAIS RUAS E AVENIDAS.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/896/pedido_de_providencia_002-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/896/pedido_de_providencia_002-2024.pdf</t>
   </si>
   <si>
     <t>Pedido de providências quanto ao patrolamento e cascalhamento do trecho saindo da TO-466 até a TO-348, que dá acesso de Abreulândia a Barrolandia.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/717/requerimentos_-__31.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/717/requerimentos_-__31.pdf</t>
   </si>
   <si>
     <t>Assunto: Protocolizar Requerimentos e Projetos de Leis.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>MANOEL FRANCISCO DE MOURA, Prefeitura Municipal de Abreulândia - PM</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/741/projeto_e_lei_-_002-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/741/projeto_e_lei_-_002-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a firmar convênio com a associação comercial industrial e empresarial de Abreulândia- To para a implementação da campanha de natal premiado ACEA- COMERCIO VENDENDO- ABREULÂNDIA CRESCENDO,  por intermédio da secretaria municipal de administração.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Abreulândia - PM</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/742/projeto_e_lei_-_003-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/742/projeto_e_lei_-_003-2024.pdf</t>
   </si>
   <si>
     <t>Altera os anexos da lei 224/2021, que dispõe sobre as tabelas de cargos dos servidores efetivos integrantes do poder executivo do municipio de Abreulândia.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/743/projeto_e_lei_-_004-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/743/projeto_e_lei_-_004-2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI E REGULAMENTA O ENSINO INTEGRAL NA REDE MUNICIPAL DE ENSINO DE ABREULÂNDIA/TO.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/744/projeto_e_lei_-_005-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/744/projeto_e_lei_-_005-2024.pdf</t>
   </si>
   <si>
     <t>APROVA O ANEXO VI, QUE TRATA DAS TABELAS  DE VENCIMENTOS BÁSICOS DA LEI Nº 264/2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/745/projeto_e_lei_-_006-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/745/projeto_e_lei_-_006-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA PPA/LDO/LOA PARA O EXERCICIO FINANCEIRO DE 2024 E AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/746/projeto_e_lei_-_007-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/746/projeto_e_lei_-_007-2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA PRÉDIO PÚBLICO DO CRAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/747/projeto_e_lei_-_008-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/747/projeto_e_lei_-_008-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO VI DA LEI 224/2021, QUE DISPÕE SOBRE AS TABELAS DE CARGOS DOS SERVIDORES EFETIVOS INTEGRANTES DO PODER EXECUTIVO DO MUNICIPIO DE ABREULÂNDIA/TO.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>MANOEL FRANCISCO DE MOURA</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/897/projeto_de_lei_do_executivo_09-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/897/projeto_de_lei_do_executivo_09-2024.pdf</t>
   </si>
   <si>
     <t>O Poder Executivo Municipal é autorizado a conceder premiação em dinheiro às equipes classificadas ao final do Campeonato Municipal de Futebol Geraldo Benício, além de outras premiações e dá outras providências.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Parecer Conjunto (Resoluções)</t>
   </si>
   <si>
     <t>CCJ - I - COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO, CFTFC - II - COMISSÃO DE FINANÇAS, TRIBUTAÇÃO, FISCALIZAÇÃO E CONTROLE</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/860/01_-_parecer_conjunto_22-02-2024_-_proj_res_n_0002-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/860/01_-_parecer_conjunto_22-02-2024_-_proj_res_n_0002-2024.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO: PROJETO DE RESOLUÇÃO N° 0002 de 21 de fevereiro de 2024: ALTERA A RESOLUÇÃO N° 005 DE 08 DE NOVEMBRO DE 2019 QUE REGULAMENTA A CONCESSÃO DE DIÁRIAS NA CÂMARA MUNICIPAL DE ABREULÂNDIA, ESTADO DO TOCANTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/861/02_-_parecer_conjunto_22-02-2024_-_proj_res_n_0001-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/861/02_-_parecer_conjunto_22-02-2024_-_proj_res_n_0001-2024.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO: PROJETO DE RESOLUÇÃO N° 0001 de 21 de fevereiro de 2024: Altera os anexos I, II, III e IV da Resolução n° 0001 de 11 de_x000D_
 fevereiro de 2022 que dispõe sobre a Estrutura Administrativa da Câmara Municipal de Abreulândia/TO e dá outras providências.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>CCJ - I - COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/862/03_-_parecer_conjunto_10-04-2024_-_proj_res_n_0003-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/862/03_-_parecer_conjunto_10-04-2024_-_proj_res_n_0003-2024.pdf</t>
   </si>
   <si>
     <t>PARECER: PROJETO DE RESOLUÇÃO N° 0003 de 09 de abril 2024: Dispõe sobre a veículo FIAT UNO MILLE ECONOMY ao Poder Executivo do Município de Abreulândia e dá outras providências.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/863/04_-_parecer_conjunto_11-04-2024_-_proj_res_n_004-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/863/04_-_parecer_conjunto_11-04-2024_-_proj_res_n_004-2024.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO: PROJETO DE RESOLUÇÃO N°0004 de 10 de abril 2024: Dispõe sobre a Fixação dos Subsídios dos Vereadores do Município de Abreuiândia - TO e adota outras providências.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/864/05_-_parecer_conjunto_11-04-2024-_proj_decr_n_0001-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/864/05_-_parecer_conjunto_11-04-2024-_proj_decr_n_0001-2024.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO: PROJETO DE DECRETO LEGISLATIVO N°0001. DE 10 DE ABRIL DE 2024: Dispõe sobre a Fixação dos Subsídios do Prefeito, Vice-Prefeito e dos Secretários do Município de Abreulândia — TO e adota outras providências.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Ednaura Alves Costa, FRANCISCO DE ASSIS (DIASSIS), Leoman Batista Medrado Palhares, Maria Laurinda Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/865/projeto_de_decreto_legislativo_n_0001_-_10_de_abril_de_2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/865/projeto_de_decreto_legislativo_n_0001_-_10_de_abril_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Fixação dos Subsídios do Prefeito, Vice-Prefeito e dos Secretários do Município de Abreulândia - TO e adota outras providências.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>PRS</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/866/projeto_de_resolucao_n_0001_-_21_de_fevereiro_de_2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/866/projeto_de_resolucao_n_0001_-_21_de_fevereiro_de_2024.pdf</t>
   </si>
   <si>
     <t>Altera os anexos I, II, III e IV da Resolução n° 0001 de 11 de fevereiro de 2022 que dispõe sobre a Estrutura Administrativa da Câmara Municipal de Abreulândia/TO e dá outras providências.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/867/projeto_de_resolucao_n_0002_-_21_de_fevereiro_de_2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/867/projeto_de_resolucao_n_0002_-_21_de_fevereiro_de_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO N° 005 DE 08 DE NOVEMBRO DE 2019, QUE REGULAMENTA A CONCESSÃO DE DIÁRIAS NA CÂMARA MUNICIPAL DE ABREULÂNDIA, ESTÁDO DO TOCANTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>FRANCISCO DE ASSIS (DIASSIS), Leoman Batista Medrado Palhares, Maria Laurinda Inácio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/868/projeto_de_resolucao_n_0003_-_08_de_abril_de_2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/868/projeto_de_resolucao_n_0003_-_08_de_abril_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a veículo FIAT UNO MILLE ECONOMY ao Poder Executivo do Município de Abreulândia e dá outras providências.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/869/projeto_de_resolucao_n_0004_-_10_de_abril_de_2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/869/projeto_de_resolucao_n_0004_-_10_de_abril_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Fixação dos Subsídios dos Vereadores do Município de Abreulândia - TO e adota outras providências.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/898/projeto_de_lei_do_legislativo_0001-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/898/projeto_de_lei_do_legislativo_0001-2024.pdf</t>
   </si>
   <si>
     <t>Outorga o Título Honorífico de Cidadão Abreulandense ao senhor Jesus Nogueira de Sousa e dá outras providências.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/899/projeto_de_lei_do_legislativo_0002-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/899/projeto_de_lei_do_legislativo_0002-2024.pdf</t>
   </si>
   <si>
     <t>Outorga o Título Honorífico de Cidadão Abreulandense ao senhor Romilson Ribeiro de Carvalho e dá outras providências.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_de_lei_do_legislativo_0003-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_de_lei_do_legislativo_0003-2024.pdf</t>
   </si>
   <si>
     <t>Outorga o Título Honorífico de Cidadão Abreulandense ao senhor Nelson Sposito Junior e dá outras providências.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/901/projeto_de_lei_do_legislativo_0004-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/901/projeto_de_lei_do_legislativo_0004-2024.pdf</t>
   </si>
   <si>
     <t>Outorga o Título Honorífico de Cidadã Abreulandense a senhora Yara Pereira S. Wanderley e dá outras providências.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/902/projeto_de_lei_do_legislativo_0005-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/902/projeto_de_lei_do_legislativo_0005-2024.pdf</t>
   </si>
   <si>
     <t>Outorga o Título Honorífico de Cidadão Abreulandense ao senhor Hermínio do Nascimento e dá outras providências.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/903/projeto_de_lei_do_legislativo_0006-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/903/projeto_de_lei_do_legislativo_0006-2024.pdf</t>
   </si>
   <si>
     <t>Outorga o Título Honorífico de Cidadão Abreulandense ao senhor Manoelito Baleeiro Santana e dá outras providências.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/904/projeto_de_lei_do_legislativo_0007-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/904/projeto_de_lei_do_legislativo_0007-2024.pdf</t>
   </si>
   <si>
     <t>Outorga o Título Honorífico de Cidadão Abreulandense ao senhor Círio Pires de Brito e dá outras providências.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/905/projeto_de_lei_do_legislativo_0008-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/905/projeto_de_lei_do_legislativo_0008-2024.pdf</t>
   </si>
   <si>
     <t>Outorga o Título Honorífico de Cidadão Abreulandense ao senhor João Carlos Vieira e dá outras providências.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/906/projeto_de_lei_do_legislativo_0009-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/906/projeto_de_lei_do_legislativo_0009-2024.pdf</t>
   </si>
   <si>
     <t>Outorga o Título Honorífico de Cidadão Abreulandense ao senhor Almiro Martins Vanderley e dá outras providências.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>PCC</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/907/02_-_parecer_conjunto_-_projeto_e_lei_-_002-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/907/02_-_parecer_conjunto_-_projeto_e_lei_-_002-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convênio com a Associação Comercial Industrial e Empresarial de Abreulãndia — TO para a implementação da campanha de Natal premiado ACEA - COMERCIO VENDENDO — ABREULÁNDIA CRESCENDO, por intermédio da Secretaria Municipal de Administração._x000D_
 _x000D_
 Relatoria: RAIMUNDO NONATO INACIO DE SOUSA</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>CCJ - I - COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO, CECCD - III - COMISSÃO DE EDUCAÇÃO, CIÊNCIA, COMUNICAÇÃO, CULTURA, DESPORTO, SAÚDE, DA PESSOA HUMANA, ASSIST</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/908/04_-_parecer_conjunto_-_projeto_de_lei_-_004-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/908/04_-_parecer_conjunto_-_projeto_de_lei_-_004-2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI E REGULAMENTA O ENSINO INTEGRAL NA REDE MUNICIPAL DE ENSINO DE ABREULÂNDIA/TO._x000D_
 _x000D_
 Relatoria: RAIMUNDO NONATO INACIO DE SOUSA</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/909/06_-_parecer_conjunto_-_projeto_de_lei_-_006-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/909/06_-_parecer_conjunto_-_projeto_de_lei_-_006-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA PPA/LDO/LOA PARA O EXERCICIO FINANCEIRO DE 2024 E AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL_x000D_
 _x000D_
 Relatoria: RAIMUNDO NONATO INACIO DE SOUSA</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/910/07_-_parecer_conjunto_-_projeto_de_lei_-_007-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/910/07_-_parecer_conjunto_-_projeto_de_lei_-_007-2024.pdf</t>
   </si>
   <si>
     <t>Denomina prédio público do CRAS e dá outras providencias._x000D_
 _x000D_
 Relatoria: Raimundo Nonato Inácio de Sousa</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/</t>
   </si>
   <si>
     <t>Altera o anexo 10 da Lei 224/2021, que dispõe sobre as tabelas de cargos dos servidores efetivos integrantes do Poder Executivo do Município de Abreulândia/TO._x000D_
 _x000D_
 Relatoria: Raimundo Nonato Inácio de Sousa</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/912/09_-_parecer_conjunto_-_projeto_de_lei_-_009-2024.pdf</t>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/912/09_-_parecer_conjunto_-_projeto_de_lei_-_009-2024.pdf</t>
   </si>
   <si>
     <t>O Poder Executivo Municipal é autorizado a conceder premiação em dinheiro às equipes classificadas ao final do Campeonato Municipal de Futebol Geraldo Benício, além de outras premiaç!oes e dá outras providências._x000D_
 _x000D_
 Relatoria: RAIMUNDO NONATO INACIO DE SOUSA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2095,68 +2095,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/688/requerimentos_-_fev-mar-abr_-_2024_parte1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/689/requerimentos_-_fev-mar-abr_-_2024_parte2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/690/requerimentos_-_fev-mar-abr_-_2024_parte3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/691/requerimentos_-_fev-mar-abr_-_2024_parte4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/692/requerimentos_-_fev-mar-abr_-_2024_parte5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/693/requerimentos_-_fev-mar-abr_-_2024_parte6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/694/requerimentos_-_fev-mar-abr_-_2024_parte7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/695/requerimentos_-_fev-mar-abr_-_2024_parte8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/696/requerimentos_-_fev-mar-abr_-_2024_parte9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/697/requerimentos_-_fev-mar-abr_-_2024_parte10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/698/requerimentos_-_fev-mar-abr_-_2024_parte11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/699/requerimentos_-_fev-mar-abr_-_2024_parte12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/700/requerimentos_-_fev-mar-abr_-_2024_parte13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/701/requerimentos_-_fev-mar-abr_-_2024_parte14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/702/requerimentos_-_fev-mar-abr_-_2024_parte15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/721/requerimentos_-__35.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/703/requerimentos_-__17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/704/requerimentos_-__18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/705/requerimentos_-__19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/706/requerimentos_-__20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/707/requerimentos_-__21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/708/requerimentos_-__22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/709/requerimentos_-__23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/710/requerimentos_-__24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/711/requerimentos_-__25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/712/requerimentos_-__26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/713/requerimentos_-__27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/714/requerimentos_-__28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/715/requerimentos_-__29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/716/requerimentos_-__30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/718/requerimentos_-__32.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/719/requerimentos_-__33.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/720/requerimentos_-__34.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/722/requerimentos_-__36.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/723/requerimentos_-__37.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/724/requerimentos_-__38.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/725/requerimentos_-__39.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/726/requerimentos_-__40.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/727/requerimentos_-__41.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/728/requerimentos_-__42.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/729/requerimentos_-__43.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/730/requerimentos_-__44.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/731/requerimentos_-__45.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/732/requerimentos_-__46.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/733/requerimentos_-__47.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/734/requerimentos_-__48.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/735/requerimentos_-__49.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/736/requerimentos_-__50.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/870/requerimentos_049-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/871/requerimentos_050-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/872/requerimentos_051-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/873/requerimentos_052-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/874/requerimentos_053-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/875/requerimentos_054-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/876/requerimentos_055-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/877/requerimentos_056-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/878/requerimentos_057-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/879/requerimentos_058-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/880/requerimentos_059-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/881/requerimentos_060-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/882/requerimentos_061-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/883/requerimentos_062-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/884/requerimentos_063-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/885/requerimentos_064-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/886/requerimentos_065-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/887/requerimentos_066-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/888/requerimentos_067-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/889/requerimentos_068-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/890/requerimentos_069-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/891/requerimentos_070-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/892/requerimentos_071-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/893/requerimentos_072-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/894/requerimentos_073-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/895/requerimentos_074-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/916/75_leoman_categoria_sub17.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/917/76_monica_recapeamento_gentil_noleto_e_mariano_pereira.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/918/77_monica_quebra-molas_rua_15.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/919/78_monica_pavimentacao_trecho_rua_21.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/920/79_regiane_molhar_ruas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/921/80_laurinda_pintura_dos_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/922/81_regiane_busco_francisco_moura.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/923/82_regiane_doacao_terreno_construcao_nova_camara.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/924/83_monica_iluminacao_e_material_esportivo_quadra.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/925/84_monica_encascalhamento_mina_dagua.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/926/85_monica_mata_burro_sr_aroldo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/927/86_monica_dia_do_catolico_no_calendario.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/928/87_ednaura_extensao_energia_eletrica.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/929/88_laurinda_abertura_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/930/89_monica_e_regiane_secretaria_mulher.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/931/90_monica_e_regiane_secretaria_esporte_e_lazer.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/932/91_laurinda_cargo_de_motorista_da_saude_e_majoracao_salarial.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/933/92_dinamilton_ponte_corrego_madeira_cabeceiras.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/934/93_dinamilton_e_leoman_pccr_area_administrativa.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/935/94_regiane_nova_quadra_de_areia.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/936/95_monica_quadra_beach_tenis.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/937/96_regiane_projeto_ludico_na_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/938/97_dinamilton_incentivos_acs.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/939/98_ednaura_requerimento_leite_mais.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/737/requerimentos_-__51.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/896/pedido_de_providencia_002-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/717/requerimentos_-__31.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/741/projeto_e_lei_-_002-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/742/projeto_e_lei_-_003-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/743/projeto_e_lei_-_004-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/744/projeto_e_lei_-_005-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/745/projeto_e_lei_-_006-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/746/projeto_e_lei_-_007-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/747/projeto_e_lei_-_008-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/897/projeto_de_lei_do_executivo_09-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/860/01_-_parecer_conjunto_22-02-2024_-_proj_res_n_0002-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/861/02_-_parecer_conjunto_22-02-2024_-_proj_res_n_0001-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/862/03_-_parecer_conjunto_10-04-2024_-_proj_res_n_0003-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/863/04_-_parecer_conjunto_11-04-2024_-_proj_res_n_004-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/864/05_-_parecer_conjunto_11-04-2024-_proj_decr_n_0001-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/865/projeto_de_decreto_legislativo_n_0001_-_10_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/866/projeto_de_resolucao_n_0001_-_21_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/867/projeto_de_resolucao_n_0002_-_21_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/868/projeto_de_resolucao_n_0003_-_08_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/869/projeto_de_resolucao_n_0004_-_10_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/898/projeto_de_lei_do_legislativo_0001-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/899/projeto_de_lei_do_legislativo_0002-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_de_lei_do_legislativo_0003-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/901/projeto_de_lei_do_legislativo_0004-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/902/projeto_de_lei_do_legislativo_0005-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/903/projeto_de_lei_do_legislativo_0006-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/904/projeto_de_lei_do_legislativo_0007-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/905/projeto_de_lei_do_legislativo_0008-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/906/projeto_de_lei_do_legislativo_0009-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/907/02_-_parecer_conjunto_-_projeto_e_lei_-_002-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/908/04_-_parecer_conjunto_-_projeto_de_lei_-_004-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/909/06_-_parecer_conjunto_-_projeto_de_lei_-_006-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/910/07_-_parecer_conjunto_-_projeto_de_lei_-_007-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/912/09_-_parecer_conjunto_-_projeto_de_lei_-_009-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/688/requerimentos_-_fev-mar-abr_-_2024_parte1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/689/requerimentos_-_fev-mar-abr_-_2024_parte2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/690/requerimentos_-_fev-mar-abr_-_2024_parte3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/691/requerimentos_-_fev-mar-abr_-_2024_parte4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/692/requerimentos_-_fev-mar-abr_-_2024_parte5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/693/requerimentos_-_fev-mar-abr_-_2024_parte6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/694/requerimentos_-_fev-mar-abr_-_2024_parte7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/695/requerimentos_-_fev-mar-abr_-_2024_parte8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/696/requerimentos_-_fev-mar-abr_-_2024_parte9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/697/requerimentos_-_fev-mar-abr_-_2024_parte10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/698/requerimentos_-_fev-mar-abr_-_2024_parte11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/699/requerimentos_-_fev-mar-abr_-_2024_parte12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/700/requerimentos_-_fev-mar-abr_-_2024_parte13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/701/requerimentos_-_fev-mar-abr_-_2024_parte14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/702/requerimentos_-_fev-mar-abr_-_2024_parte15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/721/requerimentos_-__35.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/703/requerimentos_-__17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/704/requerimentos_-__18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/705/requerimentos_-__19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/706/requerimentos_-__20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/707/requerimentos_-__21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/708/requerimentos_-__22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/709/requerimentos_-__23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/710/requerimentos_-__24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/711/requerimentos_-__25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/712/requerimentos_-__26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/713/requerimentos_-__27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/714/requerimentos_-__28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/715/requerimentos_-__29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/716/requerimentos_-__30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/718/requerimentos_-__32.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/719/requerimentos_-__33.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/720/requerimentos_-__34.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/722/requerimentos_-__36.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/723/requerimentos_-__37.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/724/requerimentos_-__38.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/725/requerimentos_-__39.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/726/requerimentos_-__40.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/727/requerimentos_-__41.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/728/requerimentos_-__42.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/729/requerimentos_-__43.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/730/requerimentos_-__44.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/731/requerimentos_-__45.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/732/requerimentos_-__46.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/733/requerimentos_-__47.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/734/requerimentos_-__48.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/735/requerimentos_-__49.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/736/requerimentos_-__50.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/870/requerimentos_049-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/871/requerimentos_050-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/872/requerimentos_051-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/873/requerimentos_052-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/874/requerimentos_053-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/875/requerimentos_054-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/876/requerimentos_055-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/877/requerimentos_056-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/878/requerimentos_057-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/879/requerimentos_058-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/880/requerimentos_059-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/881/requerimentos_060-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/882/requerimentos_061-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/883/requerimentos_062-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/884/requerimentos_063-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/885/requerimentos_064-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/886/requerimentos_065-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/887/requerimentos_066-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/888/requerimentos_067-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/889/requerimentos_068-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/890/requerimentos_069-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/891/requerimentos_070-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/892/requerimentos_071-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/893/requerimentos_072-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/894/requerimentos_073-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/895/requerimentos_074-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/916/75_leoman_categoria_sub17.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/917/76_monica_recapeamento_gentil_noleto_e_mariano_pereira.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/918/77_monica_quebra-molas_rua_15.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/919/78_monica_pavimentacao_trecho_rua_21.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/920/79_regiane_molhar_ruas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/921/80_laurinda_pintura_dos_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/922/81_regiane_busco_francisco_moura.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/923/82_regiane_doacao_terreno_construcao_nova_camara.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/924/83_monica_iluminacao_e_material_esportivo_quadra.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/925/84_monica_encascalhamento_mina_dagua.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/926/85_monica_mata_burro_sr_aroldo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/927/86_monica_dia_do_catolico_no_calendario.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/928/87_ednaura_extensao_energia_eletrica.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/929/88_laurinda_abertura_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/930/89_monica_e_regiane_secretaria_mulher.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/931/90_monica_e_regiane_secretaria_esporte_e_lazer.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/932/91_laurinda_cargo_de_motorista_da_saude_e_majoracao_salarial.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/933/92_dinamilton_ponte_corrego_madeira_cabeceiras.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/934/93_dinamilton_e_leoman_pccr_area_administrativa.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/935/94_regiane_nova_quadra_de_areia.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/936/95_monica_quadra_beach_tenis.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/937/96_regiane_projeto_ludico_na_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/938/97_dinamilton_incentivos_acs.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/939/98_ednaura_requerimento_leite_mais.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/737/requerimentos_-__51.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/896/pedido_de_providencia_002-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/717/requerimentos_-__31.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/741/projeto_e_lei_-_002-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/742/projeto_e_lei_-_003-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/743/projeto_e_lei_-_004-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/744/projeto_e_lei_-_005-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/745/projeto_e_lei_-_006-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/746/projeto_e_lei_-_007-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/747/projeto_e_lei_-_008-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/897/projeto_de_lei_do_executivo_09-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/860/01_-_parecer_conjunto_22-02-2024_-_proj_res_n_0002-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/861/02_-_parecer_conjunto_22-02-2024_-_proj_res_n_0001-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/862/03_-_parecer_conjunto_10-04-2024_-_proj_res_n_0003-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/863/04_-_parecer_conjunto_11-04-2024_-_proj_res_n_004-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/864/05_-_parecer_conjunto_11-04-2024-_proj_decr_n_0001-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/865/projeto_de_decreto_legislativo_n_0001_-_10_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/866/projeto_de_resolucao_n_0001_-_21_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/867/projeto_de_resolucao_n_0002_-_21_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/868/projeto_de_resolucao_n_0003_-_08_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/869/projeto_de_resolucao_n_0004_-_10_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/898/projeto_de_lei_do_legislativo_0001-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/899/projeto_de_lei_do_legislativo_0002-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_de_lei_do_legislativo_0003-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/901/projeto_de_lei_do_legislativo_0004-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/902/projeto_de_lei_do_legislativo_0005-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/903/projeto_de_lei_do_legislativo_0006-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/904/projeto_de_lei_do_legislativo_0007-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/905/projeto_de_lei_do_legislativo_0008-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/906/projeto_de_lei_do_legislativo_0009-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/907/02_-_parecer_conjunto_-_projeto_e_lei_-_002-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/908/04_-_parecer_conjunto_-_projeto_de_lei_-_004-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/909/06_-_parecer_conjunto_-_projeto_de_lei_-_006-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/910/07_-_parecer_conjunto_-_projeto_de_lei_-_007-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2024/912/09_-_parecer_conjunto_-_projeto_de_lei_-_009-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H135"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="161.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>