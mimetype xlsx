--- v0 (2026-01-27)
+++ v1 (2026-03-15)
@@ -10,119 +10,617 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="368" uniqueCount="190">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Dinamilton da Silva Lima</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1217/requerimento_01_-_solicitacao_da_casa_de_farinha_movel.docx</t>
+  </si>
+  <si>
+    <t>Destinação/implantação de uma casa de farinha móvel para o Município de Abreulândia – Tocantins.</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1218/requerimento_02_-_solicitacao_do_polo_do_ruraltins.docx</t>
+  </si>
+  <si>
+    <t>Implantação de um Polo do Instituto de Desenvolvimento Rural do Estado do Tocantins – RURALTINS no Município de Abreulândia – TO.</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1219/requerimento_03_-_solicitacao_do_polo_da_energisa.docx</t>
+  </si>
+  <si>
+    <t>Implantação de um Polo de Atendimento da Energisa no Município de Abreulândia – TO.</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Maria Laurinda Inácio de Sousa</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1220/requerimento_04_-_climatizacao_do_clube_recreativo.docx</t>
+  </si>
+  <si>
+    <t>Climatização do Clube Recreativo de Abreulândia – TO</t>
+  </si>
+  <si>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Ednaura Alves Costa, Mônica Pereira de Figueiredo Narciso</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1221/requerimento_05_-_cobertura_da_escola.docx</t>
+  </si>
+  <si>
+    <t>Construção de uma cobertura no pátio da Escola Municipal Arco-Iris, localizada no Projeto de Assentamento (PA) Vargem Dourada, neste Município.</t>
+  </si>
+  <si>
+    <t>1222</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1222/requerimento_06_-_reforma_da_escola_paulo_freire.docx</t>
+  </si>
+  <si>
+    <t>Reforma da Escola Municipal Paulo Freire, situada no Projeto de Assentamento (PA) Baronesa, neste Município.</t>
+  </si>
+  <si>
+    <t>1223</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1223/requerimento_07_-_construcao_de_quebra_molas.docx</t>
+  </si>
+  <si>
+    <t>Construção de Lombadas (quebra-molas) em frente à Escola Municipal Júlio Pinheiro e ao Centro Educacional Pequeno Príncipe, neste Município.</t>
+  </si>
+  <si>
+    <t>1224</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1224/requerimento_08_-_contrucao_de_pavimentacao_asfaltica_-_rua_gentil_noleto.docx</t>
+  </si>
+  <si>
+    <t>Construção de Pavimentação Asfáltica na Rua Gentil Noleto, Rua 1-A e demais vias públicas do município que necessitam do referido serviço.</t>
+  </si>
+  <si>
+    <t>1225</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1225/requerimento_09_-_doacao_de_kit_e_uniformes_-_para_estudantes.docx</t>
+  </si>
+  <si>
+    <t>Doação de Kits Escolares e Uniformes aos estudantes da rede pública municipal que se encontrem em situação de vulnerabilidade social, neste Município.</t>
+  </si>
+  <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Construção de casas destinadas aos professores que atuam no Projeto de Assentamento (PA) Vargem Dourada, neste Município.</t>
+  </si>
+  <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1226/requerimento_11_-_recuperacao_da_estrada_-_chaucara_do_sr._orlando_pereira.docx</t>
+  </si>
+  <si>
+    <t>Recuperação da estrada que dá acesso à Chácara do Senhor Orlando Pereira da Silva, compreendendo um pequeno trecho de aproximadamente 300 (trezentos) metros, localizado no perímetro urbano do Município de Abreulândia – TO.</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1227/requerimento_12_-_cobertura_da_quadra_pequeno_principe.docx</t>
+  </si>
+  <si>
+    <t>Recuperação e Construção de Cobertura da Quadra Esportiva do Centro Educacional Pequeno Príncipe, neste Município.</t>
+  </si>
+  <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1228/requerimento_13_-_cobertura_de_arquibancada.docx</t>
+  </si>
+  <si>
+    <t>Construção de Cobertura das arquibancadas do Estádio Mariano Pereira, neste Município.</t>
+  </si>
+  <si>
+    <t>1229</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1229/requerimento_14_-_limpeza_publica.docx</t>
+  </si>
+  <si>
+    <t>Intensificação dos serviços de limpeza pública, neste Município.</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1230/requerimento_15_-jardinagem_e_paisagismo.docx</t>
+  </si>
+  <si>
+    <t>Realização de serviços de Jardinagem, Paisagismo e Manutenção dos Canteiros localizados na saída para o Município de Divinópolis e ao longo da Avenida João Francisco de Abreu, neste Município.</t>
+  </si>
+  <si>
+    <t>1231</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1231/requerimento_16_-doacao_de_lotes_para_os_mais_humildes.docx</t>
+  </si>
+  <si>
+    <t>Implementação de Programa de Doação de Lotes Urbanos destinados às pessoas e famílias que sonham com a casa própria, especialmente aquelas em situação de vulnerabilidade social, no Município de Abreulândia – Tocantins.</t>
+  </si>
+  <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1232/requerimento_17_-_recuperacoaao_e_manutencao.docx</t>
+  </si>
+  <si>
+    <t>Recuperação e Manutenção da rua 15, especialmente no trecho próximo à residência do Sr. Thiago Alves, neste Município.</t>
+  </si>
+  <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1233/requerimento_18_-_solicitacao_de_recuperacoaao_asfaltica.docx</t>
+  </si>
+  <si>
+    <t>Recuperação da Pavimentação Asfáltica das Avenidas José Lopes de Figueiredo Pouso Alto e João Francisco de Abreu, no Município de Abreulândia – TO.</t>
+  </si>
+  <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Celivânia de Araújo Neves</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1234/requerimento_19_-_construcao_de_quebra_molas_-_igreja_samambai.docx</t>
+  </si>
+  <si>
+    <t>Construção de uma lombada (quebra mola) na rua 14, em frente à Igreja Samambaia, neste Município.</t>
+  </si>
+  <si>
+    <t>1242</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1242/requerimento_20_-_construcao_de_pista_de_caminhada_-_celivania.docx</t>
+  </si>
+  <si>
+    <t>Construção de uma Pista de Caminhada  e Cooper, a ser implantada no trecho compreendido entre a entrada do Município de Abreulândia e o Parque de Exposição Agropecuária, neste Município.</t>
+  </si>
+  <si>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Willian Nascimento de Moura</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1243/requerimento_21_-reforma_da_feira_coberta_arcanjo_jose_ribeiro.docx</t>
+  </si>
+  <si>
+    <t>Reforma da Feira Coberta Arcanjo José Ribeiro, localizada neste Município.</t>
+  </si>
+  <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1244/requerimento_22-_reforma_da_ponte_do_corrego_mateira.docx</t>
+  </si>
+  <si>
+    <t>Reforma da ponte localizada sobre o Córrego Mateira, neste Município.</t>
+  </si>
+  <si>
+    <t>1245</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1245/requerimento_23-_recuperacao_da_estrada_que_sai_da_to-446.docx</t>
+  </si>
+  <si>
+    <t>Recuperação da estrada vicinal que se inicia na TO-446, passando pela fazenda do Diomar, Fazenda Mateira, com saída pela Fazenda São José, neste Município.</t>
+  </si>
+  <si>
+    <t>1246</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Leoman Batista Medrado Palhares</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1246/requerimento_24-construcao_de_banheiros_masculino_e_feminino_estadio_mariano.docx</t>
+  </si>
+  <si>
+    <t>Construção de Banheiros Públicos, Masculino e Feminino, no Estádio Mariano Pereira, neste Município.</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1247/requerimento_25-_construcao_de_banheiros_na__quadra_volei_de_praia.docx</t>
+  </si>
+  <si>
+    <t>Construção de Banheiros destinados aos desportistas na Quadra de Vôlei de praia, neste Município.</t>
+  </si>
+  <si>
+    <t>1250</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1250/requerimento_26_-_construcao_de_quadra_de_esporte.docx</t>
+  </si>
+  <si>
+    <t>Construção de uma Quadra Poliesportiva, a ser implantada neste Município.</t>
+  </si>
+  <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>Celivânia de Araújo Neves, Dinamilton da Silva Lima</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1251/requerimento_27_-_reforma_de_mata_burro.docx</t>
+  </si>
+  <si>
+    <t>Manutenção e recuperação do Mata-Burro localizado na Fazenda Alto Alegre, a qual integra rota escolar no Projeto de Assentamento Estrela Dalva, neste Município.</t>
+  </si>
+  <si>
+    <t>1235</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo</t>
+  </si>
+  <si>
+    <t>MANOEL FRANCISCO DE MOURA</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1235/projeto_de_lei_001-2026_-_dispoe_sobre_a_revisao_salarial_e_adequacao_ao_salario_minimo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a revisão salarial dos profissionais do magistério e a adequação ao salário-mínimo nacional dos servidores do quadro geral do Município de Abreulândia/TO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1240</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1240/projeto_de_lei_001-2026_-_dispoe_sobre_a_revisao_salarial_e_adequacao_ao_salario_minimo.pdf</t>
+  </si>
+  <si>
+    <t>Altera os Anexos I, II e V da Lei Municipal nº 224/2021, alterada pela Lei nº 280/2024, para criar o cargo efetivo de Brigadista no Quadro Permanente do Poder Executivo do Município de Abreulândia/TO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1256</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1256/projeto_de_lei_003_-_abrir_credito_adicional_especial_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no Orçamento do Exercício de 2026, visando a construção de Casa Mortuária e Ampliação da Unidade Básica de Saúde, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1258/p_de_lei.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo Municipal a promover alterações nas Leis Municipais nº 322/2025 (LDO), nº 323/2025 (PPA) e nº 324/2025 (LOA), visando a criação de dotação orçamentária para a celebração de convênio com a Associação Comercial Industrial e Empresarial de Abreulândia, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1254</t>
+  </si>
+  <si>
+    <t>PRS</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1254/resolucao_001-2026_-_fixacao_dos_subsidiso_dos_vereadores_-_acrescentar_tesoureiro.docx</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inclusão do acréscimo ao subsídio do Tesoureiro da Mesa Diretora da Câmara Municipal de Abreulândia – TO, para a legislatura 2025–2028, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1239</t>
+  </si>
+  <si>
+    <t>PCC</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões</t>
+  </si>
+  <si>
+    <t>CCJ - I - COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO, CECCD - III - COMISSÃO DE EDUCAÇÃO, CIÊNCIA, COMUNICAÇÃO, CULTURA, DESPORTO, SAÚDE, DA PESSOA HUMANA, ASSIST, CFTFC - II - COMISSÃO DE FINANÇAS, TRIBUTAÇÃO, FISCALIZAÇÃO E CONTROLE</t>
+  </si>
+  <si>
+    <t>Parecer Legislativo nº 001/2026, 11 de Fevereiro de 2026 Dispõe sobre a revisão salarial dos profissionais do magistério e a adequação ao salário-mínimo nacional dos servidores do quadro geral do Município de Abreulândia/TO.</t>
+  </si>
+  <si>
+    <t>1249</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1249/parecer__projeto_de_lei_do_executivo_02_-_criacao_de_cargo_de_brigadista_1.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Legislativo nº 002, 12 de Fevereiro de 2026, Altera os Anexos I, II e V da Lei Municipal no 224/2021, alterada pela Lei no 280/2024, para criar o cargo efetivo de Brigadista no Quadro Permanente do Poder Executivo do Município de Abreulândia/TO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>CCJ - I - COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO, CECCD - III - COMISSÃO DE EDUCAÇÃO, CIÊNCIA, COMUNICAÇÃO, CULTURA, DESPORTO, SAÚDE, DA PESSOA HUMANA, ASSIST, CFTFC - II - COMISSÃO DE FINANÇAS, TRIBUTAÇÃO, FISCALIZAÇÃO E CONTROLE, CTTI - IV - COMISSÃO DE TRANSPORTES, TECNOLOGIA, INFORMÁTICA, OBRAS PÚBLICAS, URBANISMO, SERVIÇOS PÚBLICOS</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1257/parecer__projeto_de_lei_do_executivo_03_-_abertura_de_creditos_adicioanis.pdf</t>
+  </si>
+  <si>
+    <t>Referente o Projeto de Lei do Executivo nº 003/2026, 13 de fevereiro de 2026. ASSUNTO: “Autoriza o Poder Executivo a abrir Crédito Adicional Especial no Orçamento do Exercício de 2026, visando a construção de Casa Mortuária e Ampliação da Unidade Básica de Saúde, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1255</t>
+  </si>
+  <si>
+    <t>CCJ - I - COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO, CFTFC - II - COMISSÃO DE FINANÇAS, TRIBUTAÇÃO, FISCALIZAÇÃO E CONTROLE</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1255/parecer__projeto_de_resolucao_01_-_tesoureiro.docx</t>
+  </si>
+  <si>
+    <t>Referente Projeto de Resolução nº 001/2026, 19 de fevereiro de 2026. Dispõe sobre a inclusão do acréscimo ao subsídio do Tesoureiro da Mesa Diretora da Câmara Municipal de Abreulândia – TO, para a legislatura 2025–2028, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1259/parecer__projeto_de_lei_do_executivo_05_-_abertura_de_creditos_adicionais_-_comerciantes_1_1.pdf</t>
+  </si>
+  <si>
+    <t>“Altera as Leis Municipais nº 322/2025 (LDO), nº 323/2025 (PPA) e nº 324/2025 (LOA), para criação de dotação orçamentária destinada à celebração de convênio com a Associação Comercial Industrial e Empresarial de Abreulândia.”</t>
+  </si>
+  <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>OF</t>
+  </si>
+  <si>
+    <t>Ofício</t>
+  </si>
+  <si>
+    <t>http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1252/oficio_no_028_-_secao_extra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>ATAOR</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 1ª Sessão Ordinária da 2ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>1237</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 2ª Sessão Ordinária da 2ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>1241</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 3ª Sessão Ordinária da 2ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 4ª Sessão Ordinária da 2ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
     <t>1208</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>MESA</t>
   </si>
   <si>
     <t>Eleição Mesa Diretora - Cargo</t>
   </si>
   <si>
-    <t>https://sapl.abreulandia.to.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Presidente: Dinamilton da Silva Lima (PT)</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Vice-Presidente: Francisco Neto Dias (UNIÃO)</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>1ª Secretária: Maria Laurinda Inácio de Sousa (UNIÃO)</t>
   </si>
   <si>
     <t>1211</t>
-  </si>
-[...1 lines deleted...]
-    <t>4</t>
   </si>
   <si>
     <t>2ª Secretária: Ednaura Alves Costa (UNIÃO)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -429,194 +927,1316 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1217/requerimento_01_-_solicitacao_da_casa_de_farinha_movel.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1218/requerimento_02_-_solicitacao_do_polo_do_ruraltins.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1219/requerimento_03_-_solicitacao_do_polo_da_energisa.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1220/requerimento_04_-_climatizacao_do_clube_recreativo.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1221/requerimento_05_-_cobertura_da_escola.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1222/requerimento_06_-_reforma_da_escola_paulo_freire.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1223/requerimento_07_-_construcao_de_quebra_molas.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1224/requerimento_08_-_contrucao_de_pavimentacao_asfaltica_-_rua_gentil_noleto.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1225/requerimento_09_-_doacao_de_kit_e_uniformes_-_para_estudantes.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1226/requerimento_11_-_recuperacao_da_estrada_-_chaucara_do_sr._orlando_pereira.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1227/requerimento_12_-_cobertura_da_quadra_pequeno_principe.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1228/requerimento_13_-_cobertura_de_arquibancada.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1229/requerimento_14_-_limpeza_publica.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1230/requerimento_15_-jardinagem_e_paisagismo.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1231/requerimento_16_-doacao_de_lotes_para_os_mais_humildes.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1232/requerimento_17_-_recuperacoaao_e_manutencao.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1233/requerimento_18_-_solicitacao_de_recuperacoaao_asfaltica.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1234/requerimento_19_-_construcao_de_quebra_molas_-_igreja_samambai.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1242/requerimento_20_-_construcao_de_pista_de_caminhada_-_celivania.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1243/requerimento_21_-reforma_da_feira_coberta_arcanjo_jose_ribeiro.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1244/requerimento_22-_reforma_da_ponte_do_corrego_mateira.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1245/requerimento_23-_recuperacao_da_estrada_que_sai_da_to-446.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1246/requerimento_24-construcao_de_banheiros_masculino_e_feminino_estadio_mariano.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1247/requerimento_25-_construcao_de_banheiros_na__quadra_volei_de_praia.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1250/requerimento_26_-_construcao_de_quadra_de_esporte.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1251/requerimento_27_-_reforma_de_mata_burro.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1235/projeto_de_lei_001-2026_-_dispoe_sobre_a_revisao_salarial_e_adequacao_ao_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1240/projeto_de_lei_001-2026_-_dispoe_sobre_a_revisao_salarial_e_adequacao_ao_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1256/projeto_de_lei_003_-_abrir_credito_adicional_especial_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1258/p_de_lei.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1254/resolucao_001-2026_-_fixacao_dos_subsidiso_dos_vereadores_-_acrescentar_tesoureiro.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1249/parecer__projeto_de_lei_do_executivo_02_-_criacao_de_cargo_de_brigadista_1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1257/parecer__projeto_de_lei_do_executivo_03_-_abertura_de_creditos_adicioanis.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1255/parecer__projeto_de_resolucao_01_-_tesoureiro.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1259/parecer__projeto_de_lei_do_executivo_05_-_abertura_de_creditos_adicionais_-_comerciantes_1_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/sapl/public/materialegislativa/2026/1252/oficio_no_028_-_secao_extra_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.abreulandia.to.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="48.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="165.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
       <c r="G3" s="1" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="H3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
       <c r="G4" s="1" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>31</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>31</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>31</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H10" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>31</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>31</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>31</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H13" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>63</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>31</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H15" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>31</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H16" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>31</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>31</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H18" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>31</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H19" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>88</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H20" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>88</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H21" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>96</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>97</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H22" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>100</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>101</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>97</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H23" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>104</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>97</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H24" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>108</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>110</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H25" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>113</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>110</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H26" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>117</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>118</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H27" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>121</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>122</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>123</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="H28" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>126</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" t="s">
+        <v>127</v>
+      </c>
+      <c r="E29" t="s">
+        <v>128</v>
+      </c>
+      <c r="F29" t="s">
+        <v>129</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H29" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>132</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>17</v>
+      </c>
+      <c r="D30" t="s">
+        <v>127</v>
+      </c>
+      <c r="E30" t="s">
+        <v>128</v>
+      </c>
+      <c r="F30" t="s">
+        <v>129</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H30" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>135</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
         <v>21</v>
       </c>
-      <c r="B5" t="s">
-[...11 lines deleted...]
-      <c r="G5" s="1" t="s">
+      <c r="D31" t="s">
+        <v>127</v>
+      </c>
+      <c r="E31" t="s">
+        <v>128</v>
+      </c>
+      <c r="F31" t="s">
+        <v>129</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H31" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>138</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>25</v>
+      </c>
+      <c r="D32" t="s">
+        <v>127</v>
+      </c>
+      <c r="E32" t="s">
+        <v>128</v>
+      </c>
+      <c r="F32" t="s">
+        <v>129</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H32" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>141</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>10</v>
+      </c>
+      <c r="D33" t="s">
+        <v>142</v>
+      </c>
+      <c r="E33" t="s">
+        <v>143</v>
+      </c>
+      <c r="F33" t="s">
         <v>13</v>
       </c>
-      <c r="H5" t="s">
-        <v>23</v>
+      <c r="G33" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H33" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>146</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>10</v>
+      </c>
+      <c r="D34" t="s">
+        <v>147</v>
+      </c>
+      <c r="E34" t="s">
+        <v>148</v>
+      </c>
+      <c r="F34" t="s">
+        <v>149</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H34" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>151</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>17</v>
+      </c>
+      <c r="D35" t="s">
+        <v>147</v>
+      </c>
+      <c r="E35" t="s">
+        <v>148</v>
+      </c>
+      <c r="F35" t="s">
+        <v>149</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H35" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>154</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>21</v>
+      </c>
+      <c r="D36" t="s">
+        <v>147</v>
+      </c>
+      <c r="E36" t="s">
+        <v>148</v>
+      </c>
+      <c r="F36" t="s">
+        <v>155</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H36" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>158</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>25</v>
+      </c>
+      <c r="D37" t="s">
+        <v>147</v>
+      </c>
+      <c r="E37" t="s">
+        <v>148</v>
+      </c>
+      <c r="F37" t="s">
+        <v>159</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H37" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>162</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>30</v>
+      </c>
+      <c r="D38" t="s">
+        <v>147</v>
+      </c>
+      <c r="E38" t="s">
+        <v>148</v>
+      </c>
+      <c r="F38" t="s">
+        <v>149</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H38" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>165</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>166</v>
+      </c>
+      <c r="D39" t="s">
+        <v>167</v>
+      </c>
+      <c r="E39" t="s">
+        <v>168</v>
+      </c>
+      <c r="F39" t="s">
+        <v>129</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H39" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>170</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>171</v>
+      </c>
+      <c r="E40" t="s">
+        <v>172</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H40" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>174</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>17</v>
+      </c>
+      <c r="D41" t="s">
+        <v>171</v>
+      </c>
+      <c r="E41" t="s">
+        <v>172</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H41" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>176</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>21</v>
+      </c>
+      <c r="D42" t="s">
+        <v>171</v>
+      </c>
+      <c r="E42" t="s">
+        <v>172</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H42" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>178</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>25</v>
+      </c>
+      <c r="D43" t="s">
+        <v>171</v>
+      </c>
+      <c r="E43" t="s">
+        <v>172</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H43" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>180</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" t="s">
+        <v>181</v>
+      </c>
+      <c r="E44" t="s">
+        <v>182</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H44" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>184</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D45" t="s">
+        <v>181</v>
+      </c>
+      <c r="E45" t="s">
+        <v>182</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H45" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>186</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>21</v>
+      </c>
+      <c r="D46" t="s">
+        <v>181</v>
+      </c>
+      <c r="E46" t="s">
+        <v>182</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H46" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>188</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>25</v>
+      </c>
+      <c r="D47" t="s">
+        <v>181</v>
+      </c>
+      <c r="E47" t="s">
+        <v>182</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H47" t="s">
+        <v>189</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>